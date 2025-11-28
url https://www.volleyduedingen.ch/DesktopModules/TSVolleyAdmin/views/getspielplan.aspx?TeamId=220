--- v0 (2025-10-14)
+++ v1 (2025-11-28)
@@ -4,51 +4,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="U18" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="30" uniqueCount="30">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="34" uniqueCount="34">
   <si>
     <t>Datum</t>
   </si>
   <si>
     <t>Liga</t>
   </si>
   <si>
     <t>Heim</t>
   </si>
   <si>
     <t>Gast</t>
   </si>
   <si>
     <t>Ort</t>
   </si>
   <si>
     <t>Resultat</t>
   </si>
   <si>
     <t>Schiri1</t>
   </si>
   <si>
     <t>Schiri2</t>
   </si>
   <si>
@@ -75,57 +75,69 @@
   <si>
     <t>3:0 (25:13;29:27;25:21)</t>
   </si>
   <si>
     <t>TSV Rechthalten</t>
   </si>
   <si>
     <t>Wolfacker, Düdingen</t>
   </si>
   <si>
     <t>2:3 (25:16;26:24;10:25;26:28;10:15)</t>
   </si>
   <si>
     <t>VBC Bösingen</t>
   </si>
   <si>
     <t>Spielhalle, Bösingen</t>
   </si>
   <si>
     <t>2:3 (11:25;25:23;25:19;25:27;11:15)</t>
   </si>
   <si>
     <t>TV Murten Volleyball</t>
   </si>
   <si>
+    <t>1:3 (25:23;23:25;21:25;25:27)</t>
+  </si>
+  <si>
     <t>Volley Estavayer</t>
   </si>
   <si>
     <t>Amarante 3, Estavayer</t>
   </si>
   <si>
+    <t>2:3 (19:25;25:20;23:25;25:23;8:15)</t>
+  </si>
+  <si>
     <t>VBC Sense a</t>
+  </si>
+  <si>
+    <t>0:3 (14:25;24:26;20:25)</t>
+  </si>
+  <si>
+    <t>3:0 (25:12;25:6;25:11)</t>
   </si>
   <si>
     <t>Pra Novi, Farvagny</t>
   </si>
   <si>
     <t>Turnhalle, Rechthalten</t>
   </si>
   <si>
     <t>Prehl, Murten</t>
   </si>
   <si>
     <t>MZG 2, Alterswil</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd.MM.yyyy HH:mm"/>
   </numFmts>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
@@ -300,183 +312,195 @@
         <v>10</v>
       </c>
       <c r="E5" s="0" t="s">
         <v>20</v>
       </c>
       <c r="F5" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="3">
         <v>45963.625</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="0" t="s">
         <v>14</v>
       </c>
+      <c r="F6" s="0" t="s">
+        <v>23</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="3">
         <v>45968.78125</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E7" s="0" t="s">
-        <v>24</v>
+        <v>25</v>
+      </c>
+      <c r="F7" s="0" t="s">
+        <v>26</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="3">
-        <v>45977.4583333333</v>
+        <v>45976.4166666667</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D8" s="0" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="E8" s="0" t="s">
         <v>14</v>
+      </c>
+      <c r="F8" s="0" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="3">
         <v>45983.4166666667</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E9" s="0" t="s">
         <v>17</v>
       </c>
+      <c r="F9" s="0" t="s">
+        <v>29</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="3">
         <v>45989.7708333333</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E10" s="0" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="3">
         <v>45998.4270833333</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>16</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E11" s="0" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="3">
         <v>46004.4166666667</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>19</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="3">
         <v>46011.5625</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>22</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E13" s="0" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="3">
         <v>46032.4375</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="3">
         <v>46039.4166666667</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E15" s="0" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>