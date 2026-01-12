--- v1 (2025-11-28)
+++ v2 (2026-01-12)
@@ -4,51 +4,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="U18" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="34" uniqueCount="34">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38" uniqueCount="38">
   <si>
     <t>Datum</t>
   </si>
   <si>
     <t>Liga</t>
   </si>
   <si>
     <t>Heim</t>
   </si>
   <si>
     <t>Gast</t>
   </si>
   <si>
     <t>Ort</t>
   </si>
   <si>
     <t>Resultat</t>
   </si>
   <si>
     <t>Schiri1</t>
   </si>
   <si>
     <t>Schiri2</t>
   </si>
   <si>
@@ -99,54 +99,66 @@
   <si>
     <t>1:3 (25:23;23:25;21:25;25:27)</t>
   </si>
   <si>
     <t>Volley Estavayer</t>
   </si>
   <si>
     <t>Amarante 3, Estavayer</t>
   </si>
   <si>
     <t>2:3 (19:25;25:20;23:25;25:23;8:15)</t>
   </si>
   <si>
     <t>VBC Sense a</t>
   </si>
   <si>
     <t>0:3 (14:25;24:26;20:25)</t>
   </si>
   <si>
     <t>3:0 (25:12;25:6;25:11)</t>
   </si>
   <si>
     <t>Pra Novi, Farvagny</t>
   </si>
   <si>
+    <t>0:3 (23:25;21:25;17:25)</t>
+  </si>
+  <si>
     <t>Turnhalle, Rechthalten</t>
   </si>
   <si>
+    <t>3:1 (25:20;20:25;25:22;25:20)</t>
+  </si>
+  <si>
+    <t>3:0 (25:20;25:16;25:20)</t>
+  </si>
+  <si>
     <t>Prehl, Murten</t>
+  </si>
+  <si>
+    <t>0:3 (23:25;19:25;14:25)</t>
   </si>
   <si>
     <t>MZG 2, Alterswil</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd.MM.yyyy HH:mm"/>
   </numFmts>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -392,115 +404,127 @@
         <v>9</v>
       </c>
       <c r="E9" s="0" t="s">
         <v>17</v>
       </c>
       <c r="F9" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="3">
         <v>45989.7708333333</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E10" s="0" t="s">
         <v>30</v>
       </c>
+      <c r="F10" s="0" t="s">
+        <v>31</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" s="3">
         <v>45998.4270833333</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>16</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E11" s="0" t="s">
-        <v>31</v>
+        <v>32</v>
+      </c>
+      <c r="F11" s="0" t="s">
+        <v>33</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="3">
         <v>46004.4166666667</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>19</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>17</v>
       </c>
+      <c r="F12" s="0" t="s">
+        <v>34</v>
+      </c>
     </row>
     <row r="13">
       <c r="A13" s="3">
         <v>46011.5625</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>22</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E13" s="0" t="s">
-        <v>32</v>
+        <v>35</v>
+      </c>
+      <c r="F13" s="0" t="s">
+        <v>36</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="3">
         <v>46032.4375</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>24</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="3">
         <v>46039.4166666667</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>27</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E15" s="0" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>