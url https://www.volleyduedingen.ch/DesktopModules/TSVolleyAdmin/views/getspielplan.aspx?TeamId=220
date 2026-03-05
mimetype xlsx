--- v2 (2026-01-12)
+++ v3 (2026-03-05)
@@ -4,51 +4,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="U18" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38" uniqueCount="38">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="40">
   <si>
     <t>Datum</t>
   </si>
   <si>
     <t>Liga</t>
   </si>
   <si>
     <t>Heim</t>
   </si>
   <si>
     <t>Gast</t>
   </si>
   <si>
     <t>Ort</t>
   </si>
   <si>
     <t>Resultat</t>
   </si>
   <si>
     <t>Schiri1</t>
   </si>
   <si>
     <t>Schiri2</t>
   </si>
   <si>
@@ -117,51 +117,57 @@
   <si>
     <t>3:0 (25:12;25:6;25:11)</t>
   </si>
   <si>
     <t>Pra Novi, Farvagny</t>
   </si>
   <si>
     <t>0:3 (23:25;21:25;17:25)</t>
   </si>
   <si>
     <t>Turnhalle, Rechthalten</t>
   </si>
   <si>
     <t>3:1 (25:20;20:25;25:22;25:20)</t>
   </si>
   <si>
     <t>3:0 (25:20;25:16;25:20)</t>
   </si>
   <si>
     <t>Prehl, Murten</t>
   </si>
   <si>
     <t>0:3 (23:25;19:25;14:25)</t>
   </si>
   <si>
+    <t>3:1 (25:21;25:14;23:25;25:16)</t>
+  </si>
+  <si>
     <t>MZG 2, Alterswil</t>
+  </si>
+  <si>
+    <t>2:3 (17:25;25:23;25:16;22:25;15:17)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd.MM.yyyy HH:mm"/>
   </numFmts>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -484,47 +490,53 @@
         <v>10</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>35</v>
       </c>
       <c r="F13" s="0" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="3">
         <v>46032.4375</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>24</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>17</v>
       </c>
+      <c r="F14" s="0" t="s">
+        <v>37</v>
+      </c>
     </row>
     <row r="15">
       <c r="A15" s="3">
         <v>46039.4166666667</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>27</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E15" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="F15" s="0" t="s">
+        <v>39</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>