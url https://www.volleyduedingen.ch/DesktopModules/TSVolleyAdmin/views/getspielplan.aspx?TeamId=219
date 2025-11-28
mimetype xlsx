--- v0 (2025-10-14)
+++ v1 (2025-11-28)
@@ -4,51 +4,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="U20" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="37" uniqueCount="37">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="40">
   <si>
     <t>Datum</t>
   </si>
   <si>
     <t>Liga</t>
   </si>
   <si>
     <t>Heim</t>
   </si>
   <si>
     <t>Gast</t>
   </si>
   <si>
     <t>Ort</t>
   </si>
   <si>
     <t>Resultat</t>
   </si>
   <si>
     <t>Schiri1</t>
   </si>
   <si>
     <t>Schiri2</t>
   </si>
   <si>
@@ -75,57 +75,66 @@
   <si>
     <t>1:3 (20:25;11:25;25:23;21:25)</t>
   </si>
   <si>
     <t>VBC Bösingen</t>
   </si>
   <si>
     <t>Leimacker, Düdingen</t>
   </si>
   <si>
     <t>3:0 (26:24;25:23;25:23)</t>
   </si>
   <si>
     <t>VBC Bulle</t>
   </si>
   <si>
     <t>3:0 (25:22;25:15;25:16)</t>
   </si>
   <si>
     <t>VBC Sense</t>
   </si>
   <si>
     <t>Spielhalle OS, Tafers</t>
   </si>
   <si>
+    <t>3:1 (25:21;25:21;22:25;25:21)</t>
+  </si>
+  <si>
     <t>TSV Gurmels</t>
   </si>
   <si>
+    <t>3:0 (25:14;25:17;25:12)</t>
+  </si>
+  <si>
     <t>VBC Kerzers</t>
   </si>
   <si>
     <t>Schmittengässli, Kerzers</t>
+  </si>
+  <si>
+    <t>0:3 (18:25;15:25;11:25)</t>
   </si>
   <si>
     <t>Gibloux Volley</t>
   </si>
   <si>
     <t>Pra Novi, Farvagny</t>
   </si>
   <si>
     <t>VBC Fribourg</t>
   </si>
   <si>
     <t>VBC Schmitten</t>
   </si>
   <si>
     <t>Leimacker 3, Düdingen</t>
   </si>
   <si>
     <t>Spielhalle, Bösingen</t>
   </si>
   <si>
     <t>Condémine, Bulle</t>
   </si>
   <si>
     <t>SSK Cordast, Cordast</t>
   </si>
@@ -321,285 +330,294 @@
         <v>19</v>
       </c>
       <c r="E5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="F5" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="3">
         <v>45969.5416666667</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E6" s="0" t="s">
         <v>22</v>
       </c>
+      <c r="F6" s="0" t="s">
+        <v>23</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="3">
-        <v>45977.5625</v>
+        <v>45976.5833333333</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D7" s="0" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="E7" s="0" t="s">
         <v>17</v>
+      </c>
+      <c r="F7" s="0" t="s">
+        <v>25</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="3">
         <v>45978.7916666667</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E8" s="0" t="s">
-        <v>25</v>
+        <v>27</v>
+      </c>
+      <c r="F8" s="0" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="3">
         <v>45990.625</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E9" s="0" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="3">
         <v>45997.4166666667</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="E10" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="3">
         <v>46003.8541666667</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="E11" s="0" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="3">
         <v>46011.7083333333</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="3">
         <v>46033.5833333333</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="3">
         <v>46038.7916666667</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>16</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E14" s="0" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="3">
         <v>46046.4375</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E15" s="0" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="3">
         <v>46060.7291666667</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="3">
         <v>46066.8125</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E17" s="0" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="3">
         <v>46075.5625</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="3">
         <v>46081.4375</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="E19" s="0" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="3">
         <v>46088.5833333333</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E20" s="0" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="3">
         <v>46095.5833333333</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E21" s="0" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>