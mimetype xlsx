--- v1 (2025-11-28)
+++ v2 (2026-01-12)
@@ -4,51 +4,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="U20" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="44">
   <si>
     <t>Datum</t>
   </si>
   <si>
     <t>Liga</t>
   </si>
   <si>
     <t>Heim</t>
   </si>
   <si>
     <t>Gast</t>
   </si>
   <si>
     <t>Ort</t>
   </si>
   <si>
     <t>Resultat</t>
   </si>
   <si>
     <t>Schiri1</t>
   </si>
   <si>
     <t>Schiri2</t>
   </si>
   <si>
@@ -99,57 +99,69 @@
   <si>
     <t>3:1 (25:21;25:21;22:25;25:21)</t>
   </si>
   <si>
     <t>TSV Gurmels</t>
   </si>
   <si>
     <t>3:0 (25:14;25:17;25:12)</t>
   </si>
   <si>
     <t>VBC Kerzers</t>
   </si>
   <si>
     <t>Schmittengässli, Kerzers</t>
   </si>
   <si>
     <t>0:3 (18:25;15:25;11:25)</t>
   </si>
   <si>
     <t>Gibloux Volley</t>
   </si>
   <si>
     <t>Pra Novi, Farvagny</t>
   </si>
   <si>
+    <t>0:3 (23:25;19:25;19:25)</t>
+  </si>
+  <si>
     <t>VBC Fribourg</t>
   </si>
   <si>
+    <t>3:2 (25:6;23:25;25:13;23:25;15:6)</t>
+  </si>
+  <si>
     <t>VBC Schmitten</t>
   </si>
   <si>
     <t>Leimacker 3, Düdingen</t>
+  </si>
+  <si>
+    <t>3:0 (25:7;25:23;25:21)</t>
+  </si>
+  <si>
+    <t>3:0 (25:16;25:12;25:19)</t>
   </si>
   <si>
     <t>Spielhalle, Bösingen</t>
   </si>
   <si>
     <t>Condémine, Bulle</t>
   </si>
   <si>
     <t>SSK Cordast, Cordast</t>
   </si>
   <si>
     <t>Wolfacker, Düdingen</t>
   </si>
   <si>
     <t>Salle Belluard B, Fribourg</t>
   </si>
   <si>
     <t>Gwatt, Schmitten</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
@@ -203,51 +215,51 @@
     <xf numFmtId="164" applyNumberFormat="1" fontId="1" applyFont="1" borderId="1" applyBorder="1" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H21"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.6921789986747" customWidth="1" style="3"/>
     <col min="2" max="2" width="9.140625" customWidth="1"/>
     <col min="3" max="3" width="19.8882337297712" customWidth="1"/>
     <col min="4" max="4" width="19.8882337297712" customWidth="1"/>
     <col min="5" max="5" width="26.1954323904855" customWidth="1"/>
-    <col min="6" max="6" width="27.5121176583426" customWidth="1"/>
+    <col min="6" max="6" width="30.8534480503627" customWidth="1"/>
     <col min="7" max="7" width="9.140625" customWidth="1"/>
     <col min="8" max="8" width="9.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" s="1" customFormat="1">
       <c r="A1" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>6</v>
@@ -390,234 +402,246 @@
         <v>10</v>
       </c>
       <c r="E8" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F8" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="3">
         <v>45990.625</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>29</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E9" s="0" t="s">
         <v>30</v>
       </c>
+      <c r="F9" s="0" t="s">
+        <v>31</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="3">
         <v>45997.4166666667</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E10" s="0" t="s">
         <v>17</v>
+      </c>
+      <c r="F10" s="0" t="s">
+        <v>33</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="3">
         <v>46003.8541666667</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E11" s="0" t="s">
-        <v>33</v>
+        <v>35</v>
+      </c>
+      <c r="F11" s="0" t="s">
+        <v>36</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="3">
         <v>46011.7083333333</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>17</v>
       </c>
+      <c r="F12" s="0" t="s">
+        <v>37</v>
+      </c>
     </row>
     <row r="13">
       <c r="A13" s="3">
         <v>46033.5833333333</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="3">
         <v>46038.7916666667</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>16</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E14" s="0" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="3">
         <v>46046.4375</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E15" s="0" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="3">
         <v>46060.7291666667</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="3">
         <v>46066.8125</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>24</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E17" s="0" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="3">
         <v>46075.5625</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>26</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="3">
         <v>46081.4375</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>29</v>
       </c>
       <c r="E19" s="0" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="3">
         <v>46088.5833333333</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E20" s="0" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="3">
         <v>46095.5833333333</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E21" s="0" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>