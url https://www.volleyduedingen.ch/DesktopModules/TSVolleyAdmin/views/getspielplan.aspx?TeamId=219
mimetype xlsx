--- v2 (2026-01-12)
+++ v3 (2026-03-05)
@@ -4,51 +4,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="U20" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="44">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="51" uniqueCount="51">
   <si>
     <t>Datum</t>
   </si>
   <si>
     <t>Liga</t>
   </si>
   <si>
     <t>Heim</t>
   </si>
   <si>
     <t>Gast</t>
   </si>
   <si>
     <t>Ort</t>
   </si>
   <si>
     <t>Resultat</t>
   </si>
   <si>
     <t>Schiri1</t>
   </si>
   <si>
     <t>Schiri2</t>
   </si>
   <si>
@@ -120,60 +120,81 @@
   <si>
     <t>Pra Novi, Farvagny</t>
   </si>
   <si>
     <t>0:3 (23:25;19:25;19:25)</t>
   </si>
   <si>
     <t>VBC Fribourg</t>
   </si>
   <si>
     <t>3:2 (25:6;23:25;25:13;23:25;15:6)</t>
   </si>
   <si>
     <t>VBC Schmitten</t>
   </si>
   <si>
     <t>Leimacker 3, Düdingen</t>
   </si>
   <si>
     <t>3:0 (25:7;25:23;25:21)</t>
   </si>
   <si>
     <t>3:0 (25:16;25:12;25:19)</t>
   </si>
   <si>
+    <t>3:0 (25:16;25:12;25:13)</t>
+  </si>
+  <si>
     <t>Spielhalle, Bösingen</t>
   </si>
   <si>
+    <t>0:3 (19:25;13:25;16:25)</t>
+  </si>
+  <si>
     <t>Condémine, Bulle</t>
   </si>
   <si>
+    <t>0:3 (12:25;4:25;7:25)</t>
+  </si>
+  <si>
+    <t>3:2 (22:25;25:16;25:16;23:25;15:11)</t>
+  </si>
+  <si>
     <t>SSK Cordast, Cordast</t>
   </si>
   <si>
+    <t>0:3 (0:25;0:25;0:25)</t>
+  </si>
+  <si>
+    <t>3:2 (25:19;25:21;11:25;9:25;16:14)</t>
+  </si>
+  <si>
     <t>Wolfacker, Düdingen</t>
+  </si>
+  <si>
+    <t>3:0 (25:17;25:16;25:17)</t>
   </si>
   <si>
     <t>Salle Belluard B, Fribourg</t>
   </si>
   <si>
     <t>Gwatt, Schmitten</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd.MM.yyyy HH:mm"/>
   </numFmts>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
@@ -215,51 +236,51 @@
     <xf numFmtId="164" applyNumberFormat="1" fontId="1" applyFont="1" borderId="1" applyBorder="1" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H21"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.6921789986747" customWidth="1" style="3"/>
     <col min="2" max="2" width="9.140625" customWidth="1"/>
     <col min="3" max="3" width="19.8882337297712" customWidth="1"/>
     <col min="4" max="4" width="19.8882337297712" customWidth="1"/>
     <col min="5" max="5" width="26.1954323904855" customWidth="1"/>
-    <col min="6" max="6" width="30.8534480503627" customWidth="1"/>
+    <col min="6" max="6" width="33.040762765067" customWidth="1"/>
     <col min="7" max="7" width="9.140625" customWidth="1"/>
     <col min="8" max="8" width="9.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" s="1" customFormat="1">
       <c r="A1" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>6</v>
@@ -482,166 +503,187 @@
         <v>9</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>17</v>
       </c>
       <c r="F12" s="0" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="3">
         <v>46033.5833333333</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>17</v>
       </c>
+      <c r="F13" s="0" t="s">
+        <v>38</v>
+      </c>
     </row>
     <row r="14">
       <c r="A14" s="3">
         <v>46038.7916666667</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>16</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E14" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
+      </c>
+      <c r="F14" s="0" t="s">
+        <v>40</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="3">
         <v>46046.4375</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E15" s="0" t="s">
-        <v>39</v>
+        <v>41</v>
+      </c>
+      <c r="F15" s="0" t="s">
+        <v>42</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="3">
         <v>46060.7291666667</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>17</v>
       </c>
+      <c r="F16" s="0" t="s">
+        <v>43</v>
+      </c>
     </row>
     <row r="17">
       <c r="A17" s="3">
         <v>46066.8125</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>24</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E17" s="0" t="s">
-        <v>40</v>
+        <v>44</v>
+      </c>
+      <c r="F17" s="0" t="s">
+        <v>45</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="3">
         <v>46075.5625</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>26</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>17</v>
       </c>
+      <c r="F18" s="0" t="s">
+        <v>46</v>
+      </c>
     </row>
     <row r="19">
       <c r="A19" s="3">
         <v>46081.4375</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>29</v>
       </c>
       <c r="E19" s="0" t="s">
-        <v>41</v>
+        <v>47</v>
+      </c>
+      <c r="F19" s="0" t="s">
+        <v>48</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="3">
         <v>46088.5833333333</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>32</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E20" s="0" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="3">
         <v>46095.5833333333</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>34</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E21" s="0" t="s">
-        <v>43</v>
+        <v>50</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>