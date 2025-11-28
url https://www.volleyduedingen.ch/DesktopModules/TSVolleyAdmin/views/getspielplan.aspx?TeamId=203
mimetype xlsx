--- v0 (2025-10-14)
+++ v1 (2025-11-28)
@@ -4,51 +4,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="NLA - Power Cats" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="51" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="65" uniqueCount="65">
   <si>
     <t>Datum</t>
   </si>
   <si>
     <t>Liga</t>
   </si>
   <si>
     <t>Heim</t>
   </si>
   <si>
     <t>Gast</t>
   </si>
   <si>
     <t>Ort</t>
   </si>
   <si>
     <t>Resultat</t>
   </si>
   <si>
     <t>Schiri1</t>
   </si>
   <si>
     <t>Schiri2</t>
   </si>
   <si>
@@ -57,147 +57,190 @@
   <si>
     <t>Volley Toggenburg</t>
   </si>
   <si>
     <t>Volley Düdingen</t>
   </si>
   <si>
     <t>Rietwies, Wattwil</t>
   </si>
   <si>
     <t>1:3 (25:22;16:25;20:25;27:29)</t>
   </si>
   <si>
     <t>Dominik Zindel</t>
   </si>
   <si>
     <t>Yves Kälin</t>
   </si>
   <si>
     <t>Schaffhausen</t>
   </si>
   <si>
     <t>Düdingen, Leimacker</t>
   </si>
   <si>
+    <t>1:3 (21:25;23:25;25:20;21:25)</t>
+  </si>
+  <si>
     <t>Alfio Sanapo</t>
   </si>
   <si>
     <t>François Troyon</t>
   </si>
   <si>
     <t>VBC Cheseaux</t>
   </si>
   <si>
     <t>DLV, Cheseaux-sur-Lausanne</t>
   </si>
   <si>
+    <t>3:2 (12:25;25:21;25:20;23:25;15:13)</t>
+  </si>
+  <si>
     <t>Daniel Pedrazzini</t>
   </si>
   <si>
     <t>Jonas Schnidrig</t>
   </si>
   <si>
-    <t>Sm`Aesch Pfeffingen</t>
+    <t>CEV Challenge Cup</t>
+  </si>
+  <si>
+    <t>KV Fer Volley Ferizaj</t>
+  </si>
+  <si>
+    <t>3:1 (25:15;22:25;25:18;25:15)</t>
+  </si>
+  <si>
+    <t>Sm`Aesch</t>
+  </si>
+  <si>
+    <t>3:1 (25:19;19:25;25:17;25:19)</t>
   </si>
   <si>
     <t>Michael Jungen</t>
   </si>
   <si>
+    <t>Palestra Bill Clinton FERIZAJ</t>
+  </si>
+  <si>
+    <t>1:3 (17:25;16:25;25:19;21:25)</t>
+  </si>
+  <si>
     <t>Genève Volley</t>
   </si>
   <si>
     <t>Henry-Dunant, Genève</t>
   </si>
   <si>
+    <t>0:3 (12:25;20:25;16:25)</t>
+  </si>
+  <si>
     <t>Thierry Mordasini</t>
   </si>
   <si>
     <t>Luca Canepa</t>
   </si>
   <si>
     <t>NLZ Academy</t>
   </si>
   <si>
+    <t>3:0 (25:15;25:21;25:18)</t>
+  </si>
+  <si>
+    <t>Volley Lugano</t>
+  </si>
+  <si>
+    <t>3:0 (25:17;25:23;25:19)</t>
+  </si>
+  <si>
+    <t>Cédric Grellier</t>
+  </si>
+  <si>
+    <t>Panathinaikos Athens</t>
+  </si>
+  <si>
+    <t>Stefano NAVA (ITA)</t>
+  </si>
+  <si>
+    <t>Toni IVKOVIC
+ (CRO)</t>
+  </si>
+  <si>
+    <t>VFM</t>
+  </si>
+  <si>
+    <t>Senad Dzankovic</t>
+  </si>
+  <si>
+    <t>P. Gazgas Competition Hall ATHENS</t>
+  </si>
+  <si>
+    <t>Viteos NUC</t>
+  </si>
+  <si>
+    <t>Riveraine, Neuchâtel</t>
+  </si>
+  <si>
+    <t>Nadine Hefti</t>
+  </si>
+  <si>
+    <t>Matthias Wüthrich</t>
+  </si>
+  <si>
+    <t>Andy Sigrist</t>
+  </si>
+  <si>
+    <t>BBC-Arena, Schaffhausen</t>
+  </si>
+  <si>
+    <t>Laura Rüegg</t>
+  </si>
+  <si>
     <t>Francisco Droguett</t>
   </si>
   <si>
-    <t>Volley Lugano</t>
-[...35 lines deleted...]
-    <t>Sven Allenspach</t>
+    <t>Mischa Stalder</t>
   </si>
   <si>
     <t>Löhrenacker, Aesch</t>
   </si>
   <si>
-    <t>Christina Faye</t>
-[...4 lines deleted...]
-  <si>
     <t>Ruebisbach, Kloten</t>
   </si>
   <si>
-    <t>Paul Herz</t>
+    <t>Matthias Becker</t>
   </si>
   <si>
     <t>Palestra Palamondo Cadempino, Cadempino</t>
+  </si>
+  <si>
+    <t>Aleksander Sikanjic</t>
+  </si>
+  <si>
+    <t>Thanh Ut Nguyen</t>
   </si>
   <si>
     <t>Maurice Lacroix, Saignelégier</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd.MM.yyyy HH:mm"/>
   </numFmts>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -225,64 +268,64 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="5">
     <xf fontId="0" applyFont="1" xfId="0"/>
     <xf fontId="1" applyFont="1" xfId="0"/>
     <xf fontId="1" applyFont="1" borderId="1" applyBorder="1" xfId="0"/>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0"/>
     <xf numFmtId="164" applyNumberFormat="1" fontId="1" applyFont="1" borderId="1" applyBorder="1" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H19"/>
+  <dimension ref="A1:H23"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.6921789986747" customWidth="1" style="3"/>
     <col min="2" max="2" width="20.4151131766183" customWidth="1"/>
-    <col min="3" max="3" width="19.4759390694754" customWidth="1"/>
-    <col min="4" max="4" width="19.4759390694754" customWidth="1"/>
+    <col min="3" max="3" width="20.3506600516183" customWidth="1"/>
+    <col min="4" max="4" width="20.3506600516183" customWidth="1"/>
     <col min="5" max="5" width="40.4600306919643" customWidth="1"/>
-    <col min="6" max="6" width="27.5121176583426" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="8" max="8" width="18.6738564627511" customWidth="1"/>
+    <col min="6" max="6" width="33.040762765067" customWidth="1"/>
+    <col min="7" max="7" width="18.4109279087612" customWidth="1"/>
+    <col min="8" max="8" width="17.9362258911133" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" s="1" customFormat="1">
       <c r="A1" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="2" t="s">
@@ -309,374 +352,490 @@
         <v>12</v>
       </c>
       <c r="G2" s="0" t="s">
         <v>13</v>
       </c>
       <c r="H2" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="3">
         <v>45945.8333333333</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>15</v>
       </c>
       <c r="E3" s="0" t="s">
         <v>16</v>
       </c>
+      <c r="F3" s="0" t="s">
+        <v>17</v>
+      </c>
       <c r="G3" s="0" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="H3" s="0" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="3">
         <v>45956.7291666667</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C4" s="0" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E4" s="0" t="s">
-        <v>20</v>
+        <v>21</v>
+      </c>
+      <c r="F4" s="0" t="s">
+        <v>22</v>
       </c>
       <c r="G4" s="0" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="H4" s="0" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="3">
-        <v>45962.7083333333</v>
+        <v>45959.8333333333</v>
       </c>
       <c r="B5" s="0" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D5" s="0" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E5" s="0" t="s">
         <v>16</v>
       </c>
-      <c r="G5" s="0" t="s">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="F5" s="0" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="3">
-        <v>45969.7291666667</v>
+        <v>45962.7083333333</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="D6" s="0" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E6" s="0" t="s">
-        <v>26</v>
+        <v>16</v>
+      </c>
+      <c r="F6" s="0" t="s">
+        <v>29</v>
       </c>
       <c r="G6" s="0" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
       <c r="H6" s="0" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="3">
-        <v>45976.7083333333</v>
+        <v>45966.8333333333</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>10</v>
+        <v>26</v>
       </c>
       <c r="D7" s="0" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
       <c r="E7" s="0" t="s">
-        <v>16</v>
-[...5 lines deleted...]
-        <v>30</v>
+        <v>31</v>
+      </c>
+      <c r="F7" s="0" t="s">
+        <v>32</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="3">
-        <v>45983.7083333333</v>
+        <v>45969.7291666667</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>10</v>
+        <v>33</v>
       </c>
       <c r="D8" s="0" t="s">
-        <v>31</v>
+        <v>10</v>
       </c>
       <c r="E8" s="0" t="s">
-        <v>16</v>
+        <v>34</v>
+      </c>
+      <c r="F8" s="0" t="s">
+        <v>35</v>
       </c>
       <c r="G8" s="0" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="H8" s="0" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="3">
-        <v>45990.7083333333</v>
+        <v>45976.7083333333</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D9" s="0" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="E9" s="0" t="s">
         <v>16</v>
       </c>
+      <c r="F9" s="0" t="s">
+        <v>39</v>
+      </c>
       <c r="G9" s="0" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="H9" s="0" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="3">
-        <v>45998.7291666667</v>
+        <v>45983.7083333333</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>10</v>
+        <v>40</v>
       </c>
       <c r="E10" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="F10" s="0" t="s">
+        <v>41</v>
+      </c>
+      <c r="G10" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="H10" s="0" t="s">
         <v>36</v>
-      </c>
-[...4 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="3">
-        <v>46004.7083333333</v>
+        <v>45987.8125</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>9</v>
+        <v>43</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G11" s="0" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="H11" s="0" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="3">
-        <v>46011.6875</v>
+        <v>45990.7083333333</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>10</v>
+        <v>46</v>
       </c>
       <c r="E12" s="0" t="s">
-        <v>41</v>
+        <v>16</v>
       </c>
       <c r="G12" s="0" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="H12" s="0" t="s">
-        <v>43</v>
+        <v>19</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="3">
-        <v>46025.7083333333</v>
+        <v>45994.75</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>10</v>
+        <v>43</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>19</v>
+        <v>10</v>
       </c>
       <c r="E13" s="0" t="s">
-        <v>16</v>
+        <v>48</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="3">
-        <v>46029.8125</v>
+        <v>45998.7291666667</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>23</v>
+        <v>49</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E14" s="0" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="G14" s="0" t="s">
-        <v>45</v>
+        <v>51</v>
       </c>
       <c r="H14" s="0" t="s">
-        <v>46</v>
+        <v>52</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="3">
-        <v>46040.5625</v>
+        <v>46004.7083333333</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>16</v>
+      </c>
+      <c r="G15" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="H15" s="0" t="s">
+        <v>24</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="3">
-        <v>46042.8541666667</v>
+        <v>46011.6875</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E16" s="0" t="s">
+        <v>54</v>
+      </c>
+      <c r="G16" s="0" t="s">
+        <v>55</v>
+      </c>
+      <c r="H16" s="0" t="s">
         <v>47</v>
-      </c>
-[...4 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="3">
-        <v>46053.75</v>
+        <v>46025.7083333333</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>31</v>
+        <v>10</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="E17" s="0" t="s">
-        <v>49</v>
+        <v>16</v>
+      </c>
+      <c r="G17" s="0" t="s">
+        <v>56</v>
+      </c>
+      <c r="H17" s="0" t="s">
+        <v>57</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="3">
-        <v>46058.8333333333</v>
+        <v>46029.8125</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E18" s="0" t="s">
-        <v>50</v>
+        <v>58</v>
+      </c>
+      <c r="G18" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="H18" s="0" t="s">
+        <v>52</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="3">
+        <v>46040.5625</v>
+      </c>
+      <c r="B19" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="C19" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="D19" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="E19" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="G19" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="H19" s="0" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="3">
+        <v>46042.8541666667</v>
+      </c>
+      <c r="B20" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="C20" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="D20" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="E20" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="G20" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="H20" s="0" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="3">
+        <v>46053.75</v>
+      </c>
+      <c r="B21" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="C21" s="0" t="s">
+        <v>40</v>
+      </c>
+      <c r="D21" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="E21" s="0" t="s">
+        <v>61</v>
+      </c>
+      <c r="G21" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="H21" s="0" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" s="3">
+        <v>46058.8333333333</v>
+      </c>
+      <c r="B22" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="C22" s="0" t="s">
+        <v>46</v>
+      </c>
+      <c r="D22" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="E22" s="0" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="3">
         <v>46067.7291666667</v>
       </c>
-      <c r="B19" s="0" t="s">
-[...8 lines deleted...]
-      <c r="E19" s="0" t="s">
+      <c r="B23" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="C23" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="D23" s="0" t="s">
+        <v>49</v>
+      </c>
+      <c r="E23" s="0" t="s">
         <v>16</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>