--- v1 (2025-11-28)
+++ v2 (2026-01-12)
@@ -4,51 +4,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="NLA - Power Cats" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="65" uniqueCount="65">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="78" uniqueCount="78">
   <si>
     <t>Datum</t>
   </si>
   <si>
     <t>Liga</t>
   </si>
   <si>
     <t>Heim</t>
   </si>
   <si>
     <t>Gast</t>
   </si>
   <si>
     <t>Ort</t>
   </si>
   <si>
     <t>Resultat</t>
   </si>
   <si>
     <t>Schiri1</t>
   </si>
   <si>
     <t>Schiri2</t>
   </si>
   <si>
@@ -136,114 +136,153 @@
     <t>0:3 (12:25;20:25;16:25)</t>
   </si>
   <si>
     <t>Thierry Mordasini</t>
   </si>
   <si>
     <t>Luca Canepa</t>
   </si>
   <si>
     <t>NLZ Academy</t>
   </si>
   <si>
     <t>3:0 (25:15;25:21;25:18)</t>
   </si>
   <si>
     <t>Volley Lugano</t>
   </si>
   <si>
     <t>3:0 (25:17;25:23;25:19)</t>
   </si>
   <si>
     <t>Cédric Grellier</t>
   </si>
   <si>
     <t>Panathinaikos Athens</t>
+  </si>
+  <si>
+    <t>0:3 (20:25;19:25;21:25)</t>
   </si>
   <si>
     <t>Stefano NAVA (ITA)</t>
   </si>
   <si>
     <t>Toni IVKOVIC
  (CRO)</t>
   </si>
   <si>
     <t>VFM</t>
   </si>
   <si>
+    <t>3:1 (25:20;22:25;25:18;25:20)</t>
+  </si>
+  <si>
     <t>Senad Dzankovic</t>
   </si>
   <si>
     <t>P. Gazgas Competition Hall ATHENS</t>
   </si>
   <si>
+    <t>3:0 (25:16;25:13;25:14)</t>
+  </si>
+  <si>
     <t>Viteos NUC</t>
   </si>
   <si>
     <t>Riveraine, Neuchâtel</t>
   </si>
   <si>
+    <t>3:0 (29:27;25:14;25:16)</t>
+  </si>
+  <si>
     <t>Nadine Hefti</t>
   </si>
   <si>
     <t>Matthias Wüthrich</t>
   </si>
   <si>
+    <t>3:0 (25:12;25:22;25:16)</t>
+  </si>
+  <si>
     <t>Andy Sigrist</t>
   </si>
   <si>
     <t>BBC-Arena, Schaffhausen</t>
   </si>
   <si>
+    <t>3:1 (25:13;25:20;30:32;25:15)</t>
+  </si>
+  <si>
     <t>Laura Rüegg</t>
   </si>
   <si>
+    <t>3:0 (25:22;25:22;25:21)</t>
+  </si>
+  <si>
     <t>Francisco Droguett</t>
   </si>
   <si>
     <t>Mischa Stalder</t>
   </si>
   <si>
     <t>Löhrenacker, Aesch</t>
   </si>
   <si>
+    <t>3:1 (26:28;25:19;31:29;25:10)</t>
+  </si>
+  <si>
+    <t>Christian Schemeth</t>
+  </si>
+  <si>
+    <t>Schweizercup Damen</t>
+  </si>
+  <si>
+    <t>Leimacker, Düdingen</t>
+  </si>
+  <si>
     <t>Ruebisbach, Kloten</t>
   </si>
   <si>
     <t>Matthias Becker</t>
   </si>
   <si>
     <t>Palestra Palamondo Cadempino, Cadempino</t>
   </si>
   <si>
     <t>Aleksander Sikanjic</t>
   </si>
   <si>
     <t>Thanh Ut Nguyen</t>
   </si>
   <si>
     <t>Maurice Lacroix, Saignelégier</t>
+  </si>
+  <si>
+    <t>Laurence Bortoluzzi</t>
+  </si>
+  <si>
+    <t>Corinne, Laure Chardonnens</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd.MM.yyyy HH:mm"/>
   </numFmts>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -268,64 +307,64 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="5">
     <xf fontId="0" applyFont="1" xfId="0"/>
     <xf fontId="1" applyFont="1" xfId="0"/>
     <xf fontId="1" applyFont="1" borderId="1" applyBorder="1" xfId="0"/>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0"/>
     <xf numFmtId="164" applyNumberFormat="1" fontId="1" applyFont="1" borderId="1" applyBorder="1" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H23"/>
+  <dimension ref="A1:H24"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.6921789986747" customWidth="1" style="3"/>
     <col min="2" max="2" width="20.4151131766183" customWidth="1"/>
     <col min="3" max="3" width="20.3506600516183" customWidth="1"/>
     <col min="4" max="4" width="20.3506600516183" customWidth="1"/>
     <col min="5" max="5" width="40.4600306919643" customWidth="1"/>
     <col min="6" max="6" width="33.040762765067" customWidth="1"/>
-    <col min="7" max="7" width="18.4109279087612" customWidth="1"/>
-    <col min="8" max="8" width="17.9362258911133" customWidth="1"/>
+    <col min="7" max="7" width="18.6738564627511" customWidth="1"/>
+    <col min="8" max="8" width="26.3642381940569" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" s="1" customFormat="1">
       <c r="A1" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="2" t="s">
@@ -548,294 +587,341 @@
         <v>41</v>
       </c>
       <c r="G10" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="3">
         <v>45987.8125</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>25</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>43</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>16</v>
       </c>
+      <c r="F11" s="0" t="s">
+        <v>44</v>
+      </c>
       <c r="G11" s="0" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="H11" s="0" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="3">
         <v>45990.7083333333</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>16</v>
       </c>
+      <c r="F12" s="0" t="s">
+        <v>48</v>
+      </c>
       <c r="G12" s="0" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="3">
         <v>45994.75</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>25</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>43</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E13" s="0" t="s">
-        <v>48</v>
+        <v>50</v>
+      </c>
+      <c r="F13" s="0" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="3">
         <v>45998.7291666667</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E14" s="0" t="s">
-        <v>50</v>
+        <v>53</v>
+      </c>
+      <c r="F14" s="0" t="s">
+        <v>54</v>
       </c>
       <c r="G14" s="0" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="H14" s="0" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="3">
         <v>46004.7083333333</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>16</v>
       </c>
+      <c r="F15" s="0" t="s">
+        <v>57</v>
+      </c>
       <c r="G15" s="0" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="3">
         <v>46011.6875</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>15</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E16" s="0" t="s">
-        <v>54</v>
+        <v>59</v>
+      </c>
+      <c r="F16" s="0" t="s">
+        <v>60</v>
       </c>
       <c r="G16" s="0" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="H16" s="0" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="3">
         <v>46025.7083333333</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>20</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>16</v>
       </c>
+      <c r="F17" s="0" t="s">
+        <v>62</v>
+      </c>
       <c r="G17" s="0" t="s">
-        <v>56</v>
+        <v>63</v>
       </c>
       <c r="H17" s="0" t="s">
-        <v>57</v>
+        <v>64</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="3">
         <v>46029.8125</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>28</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E18" s="0" t="s">
-        <v>58</v>
+        <v>65</v>
+      </c>
+      <c r="F18" s="0" t="s">
+        <v>66</v>
       </c>
       <c r="G18" s="0" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="H18" s="0" t="s">
-        <v>52</v>
+        <v>67</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="3">
-        <v>46040.5625</v>
+        <v>46033.7083333333</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>8</v>
+        <v>68</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="E19" s="0" t="s">
-        <v>16</v>
-[...5 lines deleted...]
-        <v>36</v>
+        <v>69</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="3">
-        <v>46042.8541666667</v>
+        <v>46040.5625</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>38</v>
+        <v>10</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>10</v>
+        <v>33</v>
       </c>
       <c r="E20" s="0" t="s">
-        <v>59</v>
+        <v>16</v>
       </c>
       <c r="G20" s="0" t="s">
-        <v>52</v>
+        <v>30</v>
       </c>
       <c r="H20" s="0" t="s">
-        <v>60</v>
+        <v>36</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="3">
-        <v>46053.75</v>
+        <v>46042.8541666667</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E21" s="0" t="s">
-        <v>61</v>
+        <v>70</v>
       </c>
       <c r="G21" s="0" t="s">
-        <v>62</v>
+        <v>56</v>
       </c>
       <c r="H21" s="0" t="s">
-        <v>63</v>
+        <v>71</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="3">
-        <v>46058.8333333333</v>
+        <v>46053.75</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E22" s="0" t="s">
-        <v>64</v>
+        <v>72</v>
+      </c>
+      <c r="G22" s="0" t="s">
+        <v>73</v>
+      </c>
+      <c r="H22" s="0" t="s">
+        <v>74</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="3">
+        <v>46058.8333333333</v>
+      </c>
+      <c r="B23" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="C23" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="D23" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="E23" s="0" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="3">
         <v>46067.7291666667</v>
       </c>
-      <c r="B23" s="0" t="s">
-[...9 lines deleted...]
-        <v>16</v>
+      <c r="B24" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="C24" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="D24" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="E24" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="G24" s="0" t="s">
+        <v>76</v>
+      </c>
+      <c r="H24" s="0" t="s">
+        <v>77</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>