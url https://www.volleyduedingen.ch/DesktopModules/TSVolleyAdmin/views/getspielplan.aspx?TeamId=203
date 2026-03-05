--- v2 (2026-01-12)
+++ v3 (2026-03-05)
@@ -4,51 +4,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="NLA - Power Cats" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="78" uniqueCount="78">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="94" uniqueCount="94">
   <si>
     <t>Datum</t>
   </si>
   <si>
     <t>Liga</t>
   </si>
   <si>
     <t>Heim</t>
   </si>
   <si>
     <t>Gast</t>
   </si>
   <si>
     <t>Ort</t>
   </si>
   <si>
     <t>Resultat</t>
   </si>
   <si>
     <t>Schiri1</t>
   </si>
   <si>
     <t>Schiri2</t>
   </si>
   <si>
@@ -217,72 +217,120 @@
   <si>
     <t>3:0 (25:22;25:22;25:21)</t>
   </si>
   <si>
     <t>Francisco Droguett</t>
   </si>
   <si>
     <t>Mischa Stalder</t>
   </si>
   <si>
     <t>Löhrenacker, Aesch</t>
   </si>
   <si>
     <t>3:1 (26:28;25:19;31:29;25:10)</t>
   </si>
   <si>
     <t>Christian Schemeth</t>
   </si>
   <si>
     <t>Schweizercup Damen</t>
   </si>
   <si>
     <t>Leimacker, Düdingen</t>
   </si>
   <si>
+    <t>3:1 (26:28;25:21;25:20;27:25)</t>
+  </si>
+  <si>
+    <t>3:1 (25:20;22:25;25:17;25:15)</t>
+  </si>
+  <si>
     <t>Ruebisbach, Kloten</t>
   </si>
   <si>
+    <t>0:3 (20:25;21:25;27:29)</t>
+  </si>
+  <si>
     <t>Matthias Becker</t>
   </si>
   <si>
+    <t>Volley Aadorf</t>
+  </si>
+  <si>
+    <t>Löhracker, Aadorf</t>
+  </si>
+  <si>
+    <t>0:3 (6:25;14:25;15:25)</t>
+  </si>
+  <si>
     <t>Palestra Palamondo Cadempino, Cadempino</t>
   </si>
   <si>
+    <t>3:2 (25:20;15:25;22:25;25:20;27:25)</t>
+  </si>
+  <si>
     <t>Aleksander Sikanjic</t>
   </si>
   <si>
     <t>Thanh Ut Nguyen</t>
   </si>
   <si>
     <t>Maurice Lacroix, Saignelégier</t>
   </si>
   <si>
-    <t>Laurence Bortoluzzi</t>
-[...2 lines deleted...]
-    <t>Corinne, Laure Chardonnens</t>
+    <t>1:3 (15:25;19:25;25:20;13:25)</t>
+  </si>
+  <si>
+    <t>3:0 (25:7;25:19;25:17)</t>
+  </si>
+  <si>
+    <t>0:3 (22:25;21:25;18:25)</t>
+  </si>
+  <si>
+    <t>NLA PlayOff 1/4 Final</t>
+  </si>
+  <si>
+    <t>3:1 (25:17;25:23;22:25;25:22)</t>
+  </si>
+  <si>
+    <t>Michael Gena</t>
+  </si>
+  <si>
+    <t>Palestra Palamondo, Cadempino</t>
+  </si>
+  <si>
+    <t>1:3 (25:22;23:25;14:25;21:25)</t>
+  </si>
+  <si>
+    <t>NLA PlayOff 1/2 Final</t>
+  </si>
+  <si>
+    <t>Mihaela Milos</t>
+  </si>
+  <si>
+    <t>Sandra Auricht</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd.MM.yyyy HH:mm"/>
   </numFmts>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -307,64 +355,64 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="5">
     <xf fontId="0" applyFont="1" xfId="0"/>
     <xf fontId="1" applyFont="1" xfId="0"/>
     <xf fontId="1" applyFont="1" borderId="1" applyBorder="1" xfId="0"/>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0"/>
     <xf numFmtId="164" applyNumberFormat="1" fontId="1" applyFont="1" borderId="1" applyBorder="1" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H24"/>
+  <dimension ref="A1:H33"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.6921789986747" customWidth="1" style="3"/>
     <col min="2" max="2" width="20.4151131766183" customWidth="1"/>
     <col min="3" max="3" width="20.3506600516183" customWidth="1"/>
     <col min="4" max="4" width="20.3506600516183" customWidth="1"/>
     <col min="5" max="5" width="40.4600306919643" customWidth="1"/>
     <col min="6" max="6" width="33.040762765067" customWidth="1"/>
-    <col min="7" max="7" width="18.6738564627511" customWidth="1"/>
-    <col min="8" max="8" width="26.3642381940569" customWidth="1"/>
+    <col min="7" max="7" width="18.4109279087612" customWidth="1"/>
+    <col min="8" max="8" width="18.4283207484654" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" s="1" customFormat="1">
       <c r="A1" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="2" t="s">
@@ -789,139 +837,370 @@
         <v>66</v>
       </c>
       <c r="G18" s="0" t="s">
         <v>55</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="3">
         <v>46033.7083333333</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>68</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>28</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>69</v>
       </c>
+      <c r="F19" s="0" t="s">
+        <v>70</v>
+      </c>
     </row>
     <row r="20">
       <c r="A20" s="3">
         <v>46040.5625</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>33</v>
       </c>
       <c r="E20" s="0" t="s">
         <v>16</v>
       </c>
+      <c r="F20" s="0" t="s">
+        <v>71</v>
+      </c>
       <c r="G20" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="3">
         <v>46042.8541666667</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>38</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E21" s="0" t="s">
-        <v>70</v>
+        <v>72</v>
+      </c>
+      <c r="F21" s="0" t="s">
+        <v>73</v>
       </c>
       <c r="G21" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H21" s="0" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="3">
-        <v>46053.75</v>
+        <v>46047.6666666667</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>8</v>
+        <v>68</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>40</v>
+        <v>75</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E22" s="0" t="s">
-        <v>72</v>
-[...5 lines deleted...]
-        <v>74</v>
+        <v>76</v>
+      </c>
+      <c r="F22" s="0" t="s">
+        <v>77</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="3">
-        <v>46058.8333333333</v>
+        <v>46053.75</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E23" s="0" t="s">
-        <v>75</v>
+        <v>78</v>
+      </c>
+      <c r="F23" s="0" t="s">
+        <v>79</v>
+      </c>
+      <c r="G23" s="0" t="s">
+        <v>80</v>
+      </c>
+      <c r="H23" s="0" t="s">
+        <v>81</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="3">
+        <v>46058.8333333333</v>
+      </c>
+      <c r="B24" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="C24" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="D24" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="E24" s="0" t="s">
+        <v>82</v>
+      </c>
+      <c r="F24" s="0" t="s">
+        <v>83</v>
+      </c>
+      <c r="G24" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="H24" s="0" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" s="3">
+        <v>46061.7291666667</v>
+      </c>
+      <c r="B25" s="0" t="s">
+        <v>68</v>
+      </c>
+      <c r="C25" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="D25" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="E25" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="F25" s="0" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" s="3">
         <v>46067.7291666667</v>
       </c>
-      <c r="B24" s="0" t="s">
-[...5 lines deleted...]
-      <c r="D24" s="0" t="s">
+      <c r="B26" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="C26" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="D26" s="0" t="s">
         <v>52</v>
       </c>
-      <c r="E24" s="0" t="s">
+      <c r="E26" s="0" t="s">
         <v>16</v>
       </c>
-      <c r="G24" s="0" t="s">
-[...3 lines deleted...]
-        <v>77</v>
+      <c r="F26" s="0" t="s">
+        <v>85</v>
+      </c>
+      <c r="G26" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="H26" s="0" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" s="3">
+        <v>46074.7083333333</v>
+      </c>
+      <c r="B27" s="0" t="s">
+        <v>86</v>
+      </c>
+      <c r="C27" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="D27" s="0" t="s">
+        <v>40</v>
+      </c>
+      <c r="E27" s="0" t="s">
+        <v>69</v>
+      </c>
+      <c r="F27" s="0" t="s">
+        <v>87</v>
+      </c>
+      <c r="G27" s="0" t="s">
+        <v>63</v>
+      </c>
+      <c r="H27" s="0" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" s="3">
+        <v>46081.7916666667</v>
+      </c>
+      <c r="B28" s="0" t="s">
+        <v>86</v>
+      </c>
+      <c r="C28" s="0" t="s">
+        <v>40</v>
+      </c>
+      <c r="D28" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="E28" s="0" t="s">
+        <v>89</v>
+      </c>
+      <c r="F28" s="0" t="s">
+        <v>90</v>
+      </c>
+      <c r="G28" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H28" s="0" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" s="3">
+        <v>46089.7291666667</v>
+      </c>
+      <c r="B29" s="0" t="s">
+        <v>91</v>
+      </c>
+      <c r="C29" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="D29" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="E29" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="G29" s="0" t="s">
+        <v>81</v>
+      </c>
+      <c r="H29" s="0" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" s="3">
+        <v>46095.7083333333</v>
+      </c>
+      <c r="B30" s="0" t="s">
+        <v>91</v>
+      </c>
+      <c r="C30" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="D30" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="E30" s="0" t="s">
+        <v>69</v>
+      </c>
+      <c r="G30" s="0" t="s">
+        <v>63</v>
+      </c>
+      <c r="H30" s="0" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" s="3">
+        <v>46099.8333333333</v>
+      </c>
+      <c r="B31" s="0" t="s">
+        <v>91</v>
+      </c>
+      <c r="C31" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="D31" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="E31" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="G31" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="H31" s="0" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" s="3">
+        <v>46101.8333333333</v>
+      </c>
+      <c r="B32" s="0" t="s">
+        <v>91</v>
+      </c>
+      <c r="C32" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="D32" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="E32" s="0" t="s">
+        <v>69</v>
+      </c>
+      <c r="G32" s="0" t="s">
+        <v>92</v>
+      </c>
+      <c r="H32" s="0" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" s="3">
+        <v>46103.7291666667</v>
+      </c>
+      <c r="B33" s="0" t="s">
+        <v>91</v>
+      </c>
+      <c r="C33" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="D33" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="E33" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="G33" s="0" t="s">
+        <v>93</v>
+      </c>
+      <c r="H33" s="0" t="s">
+        <v>19</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>