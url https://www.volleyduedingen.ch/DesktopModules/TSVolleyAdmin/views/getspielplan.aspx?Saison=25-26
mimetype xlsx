--- v0 (2025-10-14)
+++ v1 (2025-11-28)
@@ -18,51 +18,51 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="NLA - Power Cats" sheetId="1" r:id="rId1"/>
     <sheet name="3. Liga Damen  PRO" sheetId="2" r:id="rId3"/>
     <sheet name="3.Liga Damen  A" sheetId="3" r:id="rId4"/>
     <sheet name="3.Liga Damen  B" sheetId="4" r:id="rId5"/>
     <sheet name="4.Liga Damen " sheetId="5" r:id="rId6"/>
     <sheet name="U20" sheetId="6" r:id="rId7"/>
     <sheet name="U18" sheetId="7" r:id="rId8"/>
     <sheet name="Gesamter Spielplan" sheetId="8" r:id="rId9"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="156" uniqueCount="156">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="193" uniqueCount="193">
   <si>
     <t>Datum</t>
   </si>
   <si>
     <t>Liga</t>
   </si>
   <si>
     <t>Heim</t>
   </si>
   <si>
     <t>Gast</t>
   </si>
   <si>
     <t>Ort</t>
   </si>
   <si>
     <t>Resultat</t>
   </si>
   <si>
     <t>Schiri1</t>
   </si>
   <si>
     <t>Schiri2</t>
   </si>
   <si>
@@ -71,380 +71,471 @@
   <si>
     <t>Volley Toggenburg</t>
   </si>
   <si>
     <t>Volley Düdingen</t>
   </si>
   <si>
     <t>Rietwies, Wattwil</t>
   </si>
   <si>
     <t>1:3 (25:22;16:25;20:25;27:29)</t>
   </si>
   <si>
     <t>Dominik Zindel</t>
   </si>
   <si>
     <t>Yves Kälin</t>
   </si>
   <si>
     <t>Schaffhausen</t>
   </si>
   <si>
     <t>Düdingen, Leimacker</t>
   </si>
   <si>
+    <t>1:3 (21:25;23:25;25:20;21:25)</t>
+  </si>
+  <si>
     <t>Alfio Sanapo</t>
   </si>
   <si>
     <t>François Troyon</t>
   </si>
   <si>
     <t>VBC Cheseaux</t>
   </si>
   <si>
     <t>DLV, Cheseaux-sur-Lausanne</t>
   </si>
   <si>
+    <t>3:2 (12:25;25:21;25:20;23:25;15:13)</t>
+  </si>
+  <si>
     <t>Daniel Pedrazzini</t>
   </si>
   <si>
     <t>Jonas Schnidrig</t>
   </si>
   <si>
-    <t>Sm`Aesch Pfeffingen</t>
+    <t>CEV Challenge Cup</t>
+  </si>
+  <si>
+    <t>KV Fer Volley Ferizaj</t>
+  </si>
+  <si>
+    <t>3:1 (25:15;22:25;25:18;25:15)</t>
+  </si>
+  <si>
+    <t>Sm`Aesch</t>
+  </si>
+  <si>
+    <t>3:1 (25:19;19:25;25:17;25:19)</t>
   </si>
   <si>
     <t>Michael Jungen</t>
   </si>
   <si>
+    <t>Palestra Bill Clinton FERIZAJ</t>
+  </si>
+  <si>
+    <t>1:3 (17:25;16:25;25:19;21:25)</t>
+  </si>
+  <si>
     <t>Genève Volley</t>
   </si>
   <si>
     <t>Henry-Dunant, Genève</t>
   </si>
   <si>
+    <t>0:3 (12:25;20:25;16:25)</t>
+  </si>
+  <si>
     <t>Thierry Mordasini</t>
   </si>
   <si>
     <t>Luca Canepa</t>
   </si>
   <si>
     <t>NLZ Academy</t>
   </si>
   <si>
+    <t>3:0 (25:15;25:21;25:18)</t>
+  </si>
+  <si>
+    <t>Volley Lugano</t>
+  </si>
+  <si>
+    <t>3:0 (25:17;25:23;25:19)</t>
+  </si>
+  <si>
+    <t>Cédric Grellier</t>
+  </si>
+  <si>
+    <t>Panathinaikos Athens</t>
+  </si>
+  <si>
+    <t>Stefano NAVA (ITA)</t>
+  </si>
+  <si>
+    <t>Toni IVKOVIC
+ (CRO)</t>
+  </si>
+  <si>
+    <t>VFM</t>
+  </si>
+  <si>
+    <t>Senad Dzankovic</t>
+  </si>
+  <si>
+    <t>P. Gazgas Competition Hall ATHENS</t>
+  </si>
+  <si>
+    <t>Viteos NUC</t>
+  </si>
+  <si>
+    <t>Riveraine, Neuchâtel</t>
+  </si>
+  <si>
+    <t>Nadine Hefti</t>
+  </si>
+  <si>
+    <t>Matthias Wüthrich</t>
+  </si>
+  <si>
+    <t>Andy Sigrist</t>
+  </si>
+  <si>
+    <t>BBC-Arena, Schaffhausen</t>
+  </si>
+  <si>
+    <t>Laura Rüegg</t>
+  </si>
+  <si>
     <t>Francisco Droguett</t>
   </si>
   <si>
-    <t>Volley Lugano</t>
-[...23 lines deleted...]
-    <t>Corinne, Laure Chardonnens</t>
+    <t>Mischa Stalder</t>
+  </si>
+  <si>
+    <t>Löhrenacker, Aesch</t>
+  </si>
+  <si>
+    <t>Ruebisbach, Kloten</t>
+  </si>
+  <si>
+    <t>Matthias Becker</t>
+  </si>
+  <si>
+    <t>Palestra Palamondo Cadempino, Cadempino</t>
+  </si>
+  <si>
+    <t>Aleksander Sikanjic</t>
+  </si>
+  <si>
+    <t>Thanh Ut Nguyen</t>
+  </si>
+  <si>
+    <t>Maurice Lacroix, Saignelégier</t>
+  </si>
+  <si>
+    <t>3Lpro</t>
+  </si>
+  <si>
+    <t>VBC Ueberstorf</t>
+  </si>
+  <si>
+    <t>MZH Ueberstorf, Ueberstorf</t>
+  </si>
+  <si>
+    <t>0:3 (16:25;22:25;17:25)</t>
+  </si>
+  <si>
+    <t>Victoria Maria Frances Kipfer</t>
+  </si>
+  <si>
+    <t>CAP Volley B</t>
+  </si>
+  <si>
+    <t>Salle polyvalente, Châtonnaye</t>
+  </si>
+  <si>
+    <t>0:3 (15:25;20:25;20:25)</t>
+  </si>
+  <si>
+    <t>Eliott Maillard</t>
+  </si>
+  <si>
+    <t>VBC Fribourg</t>
+  </si>
+  <si>
+    <t>Salle du Belluard A, Fribourg</t>
+  </si>
+  <si>
+    <t>0:3 (24:26;22:25;23:25)</t>
+  </si>
+  <si>
+    <t>Harry Schmidhäusler</t>
+  </si>
+  <si>
+    <t>VBC Sense</t>
+  </si>
+  <si>
+    <t>Leimacker, Düdingen</t>
+  </si>
+  <si>
+    <t>3:2 (22:25;26:24;27:25;29:31;15:4)</t>
+  </si>
+  <si>
+    <t>Natalie Zbinden</t>
+  </si>
+  <si>
+    <t>Gibloux Volley B</t>
+  </si>
+  <si>
+    <t>Pra Novi, Farvagny</t>
+  </si>
+  <si>
+    <t>2:3 (25:23;17:25;20:25;25:22;14:16)</t>
+  </si>
+  <si>
+    <t>Aurélien Glauser</t>
+  </si>
+  <si>
+    <t>Volley Estavayer</t>
+  </si>
+  <si>
+    <t>Amarante 1, Estavayer</t>
+  </si>
+  <si>
+    <t>0:3 (15:25;14:25;7:25)</t>
+  </si>
+  <si>
+    <t>Guilan Tosio</t>
+  </si>
+  <si>
+    <t>VBC Schmitten</t>
+  </si>
+  <si>
+    <t>Laura Cremona</t>
+  </si>
+  <si>
+    <t>TV Murten Volleyball</t>
+  </si>
+  <si>
+    <t>Frédéric Viéla</t>
+  </si>
+  <si>
+    <t>Volley GraPa</t>
+  </si>
+  <si>
+    <t>Les Rammes, Payerne</t>
+  </si>
+  <si>
+    <t>Morgane Riou</t>
+  </si>
+  <si>
+    <t>MZG 2, Alterswil</t>
+  </si>
+  <si>
+    <t>Gwatt, Schmitten</t>
+  </si>
+  <si>
+    <t>Bernstrasse, Murten</t>
+  </si>
+  <si>
+    <t>3L</t>
+  </si>
+  <si>
+    <t>3:0 (25:15;25:17;25:11)</t>
+  </si>
+  <si>
+    <t>Clara Sonino</t>
+  </si>
+  <si>
+    <t>VBC Bulle B</t>
+  </si>
+  <si>
+    <t>Condémine, Bulle</t>
+  </si>
+  <si>
+    <t>0:3 (17:25;14:25;10:25)</t>
+  </si>
+  <si>
+    <t>Joya Maria Maurer</t>
+  </si>
+  <si>
+    <t>TSV Rechthalten</t>
+  </si>
+  <si>
+    <t>3:2 (21:25;23:25;25:11;25:19;15:5)</t>
+  </si>
+  <si>
+    <t>Cindy Loeffler</t>
+  </si>
+  <si>
+    <t>TV Murten Volleyball B</t>
+  </si>
+  <si>
+    <t>1:3 (21:25;19:25;31:29;16:25)</t>
+  </si>
+  <si>
+    <t>Angélique Tornare</t>
+  </si>
+  <si>
+    <t>VBC Belfaux B</t>
+  </si>
+  <si>
+    <t>Halle des sports, Belfaux</t>
+  </si>
+  <si>
+    <t>2:3 (23:25;27:25;25:17;19:25;9:15)</t>
+  </si>
+  <si>
+    <t>VBC Kerzers</t>
+  </si>
+  <si>
+    <t>3:1 (25:14;13:25;25:16;25:23)</t>
+  </si>
+  <si>
+    <t>Celina Berthold</t>
+  </si>
+  <si>
+    <t>VBC Chatel-st-Denis</t>
+  </si>
+  <si>
+    <t>Lussy, Châtel-Saint-Denis</t>
+  </si>
+  <si>
+    <t>3:0 (25:15;25:15;25:21)</t>
+  </si>
+  <si>
+    <t>VBC Sense B</t>
+  </si>
+  <si>
+    <t>Spielhalle OS, Tafers</t>
+  </si>
+  <si>
+    <t>Basile Prime</t>
+  </si>
+  <si>
+    <t>Gibloux Volley</t>
+  </si>
+  <si>
+    <t>Trong Nhon Vo</t>
+  </si>
+  <si>
+    <t>Amandine Givel</t>
+  </si>
+  <si>
+    <t>Turnhalle, Rechthalten</t>
+  </si>
+  <si>
+    <t>Prehl , Murten</t>
+  </si>
+  <si>
+    <t>Schmittengässli, Kerzers</t>
+  </si>
+  <si>
+    <t>0:3 (8:25;21:25;10:25)</t>
+  </si>
+  <si>
+    <t>3:0 (25:16;25:17;25:10)</t>
+  </si>
+  <si>
+    <t>3:2 (25:12;27:25;14:25;18:25;15:13)</t>
+  </si>
+  <si>
+    <t>3:1 (25:21;25:21;23:25;25:16)</t>
   </si>
   <si>
     <t>Laurence Bortoluzzi</t>
   </si>
   <si>
-    <t>BBC-Arena, Schaffhausen</t>
-[...206 lines deleted...]
-    <t>Sandie Gigandet</t>
+    <t>3:1 (21:25;25:10;25:14;27:25)</t>
   </si>
   <si>
     <t>Marine Barbey</t>
   </si>
   <si>
     <t>Brigitte Sandrine Roulet</t>
   </si>
   <si>
     <t>Yann Bortoluzzi</t>
   </si>
   <si>
     <t>Salle polyvalente, Estavayer-le-Gibloux</t>
   </si>
   <si>
     <t>4. Liga Damen</t>
   </si>
   <si>
     <t>Volley Düdingen B</t>
   </si>
   <si>
     <t>CS Le Mouret B</t>
   </si>
   <si>
     <t>0:3 (17:25;21:25;15:25)</t>
   </si>
   <si>
+    <t>0:3 (21:25;24:26;22:25)</t>
+  </si>
+  <si>
     <t>Perrine Milan</t>
   </si>
   <si>
     <t>Wolfacker, Düdingen</t>
   </si>
   <si>
+    <t>3:0 (26:24;25:8;25:10)</t>
+  </si>
+  <si>
     <t>Livia Zbinden</t>
   </si>
   <si>
     <t>GYM Ursy</t>
   </si>
   <si>
     <t>Ancienne salle, Ursy</t>
   </si>
   <si>
+    <t>3:0 (25:21;25:19;25:21)</t>
+  </si>
+  <si>
     <t>Zoé Chuard</t>
   </si>
   <si>
     <t>Volley Vully</t>
   </si>
   <si>
     <t>Salle polyvalente, Lugnorre</t>
   </si>
   <si>
+    <t>0:3 (12:25;14:25;10:25)</t>
+  </si>
+  <si>
     <t>Leandra Alina Roux</t>
   </si>
   <si>
     <t>VBC Smile B</t>
   </si>
   <si>
     <t>Anna Riedo</t>
   </si>
   <si>
     <t>TSV Gurmels</t>
   </si>
   <si>
     <t>Jelena Schaller</t>
   </si>
   <si>
     <t>Djellza Derguti</t>
   </si>
   <si>
     <t>Centre sportif A, Le Mouret</t>
   </si>
   <si>
     <t>Halle de gym, Treyvaux</t>
   </si>
   <si>
     <t>SSK Cordast, Cordast</t>
@@ -452,84 +543,105 @@
   <si>
     <t>U20</t>
   </si>
   <si>
     <t>0:3 (11:25;17:25;3:25)</t>
   </si>
   <si>
     <t>Prehl, Murten</t>
   </si>
   <si>
     <t>1:3 (20:25;11:25;25:23;21:25)</t>
   </si>
   <si>
     <t>VBC Bösingen</t>
   </si>
   <si>
     <t>3:0 (26:24;25:23;25:23)</t>
   </si>
   <si>
     <t>VBC Bulle</t>
   </si>
   <si>
     <t>3:0 (25:22;25:15;25:16)</t>
   </si>
   <si>
+    <t>3:1 (25:21;25:21;22:25;25:21)</t>
+  </si>
+  <si>
+    <t>3:0 (25:14;25:17;25:12)</t>
+  </si>
+  <si>
+    <t>0:3 (18:25;15:25;11:25)</t>
+  </si>
+  <si>
     <t>Leimacker 3, Düdingen</t>
   </si>
   <si>
     <t>Spielhalle, Bösingen</t>
   </si>
   <si>
     <t>Salle Belluard B, Fribourg</t>
   </si>
   <si>
     <t>U18</t>
   </si>
   <si>
     <t>VBC Belfaux</t>
   </si>
   <si>
     <t>0:3 (0:25;0:25;0:25)</t>
   </si>
   <si>
     <t>Gibloux Volley Mixte</t>
   </si>
   <si>
     <t>3:0 (25:13;29:27;25:21)</t>
   </si>
   <si>
     <t>2:3 (25:16;26:24;10:25;26:28;10:15)</t>
   </si>
   <si>
     <t>2:3 (11:25;25:23;25:19;25:27;11:15)</t>
   </si>
   <si>
+    <t>1:3 (25:23;23:25;21:25;25:27)</t>
+  </si>
+  <si>
     <t>Amarante 3, Estavayer</t>
   </si>
   <si>
+    <t>2:3 (19:25;25:20;23:25;25:23;8:15)</t>
+  </si>
+  <si>
     <t>VBC Sense a</t>
+  </si>
+  <si>
+    <t>0:3 (14:25;24:26;20:25)</t>
+  </si>
+  <si>
+    <t>3:0 (25:12;25:6;25:11)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd.MM.yyyy HH:mm"/>
   </numFmts>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -554,64 +666,64 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="5">
     <xf fontId="0" applyFont="1" xfId="0"/>
     <xf fontId="1" applyFont="1" xfId="0"/>
     <xf fontId="1" applyFont="1" borderId="1" applyBorder="1" xfId="0"/>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0"/>
     <xf numFmtId="164" applyNumberFormat="1" fontId="1" applyFont="1" borderId="1" applyBorder="1" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H19"/>
+  <dimension ref="A1:H23"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.6921789986747" customWidth="1" style="3"/>
     <col min="2" max="2" width="20.4151131766183" customWidth="1"/>
-    <col min="3" max="3" width="19.4759390694754" customWidth="1"/>
-    <col min="4" max="4" width="19.4759390694754" customWidth="1"/>
+    <col min="3" max="3" width="20.3506600516183" customWidth="1"/>
+    <col min="4" max="4" width="20.3506600516183" customWidth="1"/>
     <col min="5" max="5" width="40.4600306919643" customWidth="1"/>
-    <col min="6" max="6" width="27.5121176583426" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="8" max="8" width="18.6738564627511" customWidth="1"/>
+    <col min="6" max="6" width="33.040762765067" customWidth="1"/>
+    <col min="7" max="7" width="18.4109279087612" customWidth="1"/>
+    <col min="8" max="8" width="17.9362258911133" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" s="1" customFormat="1">
       <c r="A1" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="2" t="s">
@@ -638,1566 +750,1721 @@
         <v>12</v>
       </c>
       <c r="G2" s="0" t="s">
         <v>13</v>
       </c>
       <c r="H2" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="3">
         <v>45945.8333333333</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>15</v>
       </c>
       <c r="E3" s="0" t="s">
         <v>16</v>
       </c>
+      <c r="F3" s="0" t="s">
+        <v>17</v>
+      </c>
       <c r="G3" s="0" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="H3" s="0" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="3">
         <v>45956.7291666667</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C4" s="0" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E4" s="0" t="s">
-        <v>20</v>
+        <v>21</v>
+      </c>
+      <c r="F4" s="0" t="s">
+        <v>22</v>
       </c>
       <c r="G4" s="0" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="H4" s="0" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="3">
-        <v>45962.7083333333</v>
+        <v>45959.8333333333</v>
       </c>
       <c r="B5" s="0" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D5" s="0" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E5" s="0" t="s">
         <v>16</v>
       </c>
-      <c r="G5" s="0" t="s">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="F5" s="0" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="3">
-        <v>45969.7291666667</v>
+        <v>45962.7083333333</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="D6" s="0" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E6" s="0" t="s">
-        <v>26</v>
+        <v>16</v>
+      </c>
+      <c r="F6" s="0" t="s">
+        <v>29</v>
       </c>
       <c r="G6" s="0" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
       <c r="H6" s="0" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="3">
-        <v>45976.7083333333</v>
+        <v>45966.8333333333</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>10</v>
+        <v>26</v>
       </c>
       <c r="D7" s="0" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
       <c r="E7" s="0" t="s">
-        <v>16</v>
-[...5 lines deleted...]
-        <v>30</v>
+        <v>31</v>
+      </c>
+      <c r="F7" s="0" t="s">
+        <v>32</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="3">
-        <v>45983.7083333333</v>
+        <v>45969.7291666667</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>10</v>
+        <v>33</v>
       </c>
       <c r="D8" s="0" t="s">
-        <v>31</v>
+        <v>10</v>
       </c>
       <c r="E8" s="0" t="s">
-        <v>16</v>
+        <v>34</v>
+      </c>
+      <c r="F8" s="0" t="s">
+        <v>35</v>
       </c>
       <c r="G8" s="0" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="H8" s="0" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="3">
-        <v>45990.7083333333</v>
+        <v>45976.7083333333</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D9" s="0" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="E9" s="0" t="s">
         <v>16</v>
       </c>
+      <c r="F9" s="0" t="s">
+        <v>39</v>
+      </c>
       <c r="G9" s="0" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="H9" s="0" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="3">
-        <v>45998.7291666667</v>
+        <v>45983.7083333333</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>10</v>
+        <v>40</v>
       </c>
       <c r="E10" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="F10" s="0" t="s">
+        <v>41</v>
+      </c>
+      <c r="G10" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="H10" s="0" t="s">
         <v>36</v>
-      </c>
-[...4 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="3">
-        <v>46004.7083333333</v>
+        <v>45987.8125</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>9</v>
+        <v>43</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G11" s="0" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="H11" s="0" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="3">
-        <v>46011.6875</v>
+        <v>45990.7083333333</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>10</v>
+        <v>46</v>
       </c>
       <c r="E12" s="0" t="s">
-        <v>41</v>
+        <v>16</v>
       </c>
       <c r="G12" s="0" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="H12" s="0" t="s">
-        <v>43</v>
+        <v>19</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="3">
-        <v>46025.7083333333</v>
+        <v>45994.75</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>10</v>
+        <v>43</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>19</v>
+        <v>10</v>
       </c>
       <c r="E13" s="0" t="s">
-        <v>16</v>
+        <v>48</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="3">
-        <v>46029.8125</v>
+        <v>45998.7291666667</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>23</v>
+        <v>49</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E14" s="0" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="G14" s="0" t="s">
-        <v>45</v>
+        <v>51</v>
       </c>
       <c r="H14" s="0" t="s">
-        <v>46</v>
+        <v>52</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="3">
-        <v>46040.5625</v>
+        <v>46004.7083333333</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>16</v>
       </c>
+      <c r="G15" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="H15" s="0" t="s">
+        <v>24</v>
+      </c>
     </row>
     <row r="16">
       <c r="A16" s="3">
-        <v>46042.8541666667</v>
+        <v>46011.6875</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E16" s="0" t="s">
+        <v>54</v>
+      </c>
+      <c r="G16" s="0" t="s">
+        <v>55</v>
+      </c>
+      <c r="H16" s="0" t="s">
         <v>47</v>
-      </c>
-[...4 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="3">
-        <v>46053.75</v>
+        <v>46025.7083333333</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>31</v>
+        <v>10</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="E17" s="0" t="s">
-        <v>49</v>
+        <v>16</v>
+      </c>
+      <c r="G17" s="0" t="s">
+        <v>56</v>
+      </c>
+      <c r="H17" s="0" t="s">
+        <v>57</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="3">
-        <v>46058.8333333333</v>
+        <v>46029.8125</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E18" s="0" t="s">
-        <v>50</v>
+        <v>58</v>
+      </c>
+      <c r="G18" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="H18" s="0" t="s">
+        <v>52</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="3">
-        <v>46067.7291666667</v>
+        <v>46040.5625</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="E19" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="G19" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="H19" s="0" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="3">
+        <v>46042.8541666667</v>
+      </c>
+      <c r="B20" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="C20" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="D20" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="E20" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="G20" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="H20" s="0" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="3">
+        <v>46053.75</v>
+      </c>
+      <c r="B21" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="C21" s="0" t="s">
+        <v>40</v>
+      </c>
+      <c r="D21" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="E21" s="0" t="s">
+        <v>61</v>
+      </c>
+      <c r="G21" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="H21" s="0" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" s="3">
+        <v>46058.8333333333</v>
+      </c>
+      <c r="B22" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="C22" s="0" t="s">
+        <v>46</v>
+      </c>
+      <c r="D22" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="E22" s="0" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="3">
+        <v>46067.7291666667</v>
+      </c>
+      <c r="B23" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="C23" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="D23" s="0" t="s">
+        <v>49</v>
+      </c>
+      <c r="E23" s="0" t="s">
         <v>16</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H19"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.6921789986747" customWidth="1" style="3"/>
     <col min="2" max="2" width="9.140625" customWidth="1"/>
     <col min="3" max="3" width="19.8882337297712" customWidth="1"/>
     <col min="4" max="4" width="19.8882337297712" customWidth="1"/>
     <col min="5" max="5" width="27.798575265067" customWidth="1"/>
-    <col min="6" max="6" width="21.9834725516183" customWidth="1"/>
+    <col min="6" max="6" width="33.040762765067" customWidth="1"/>
     <col min="7" max="7" width="26.7857404436384" customWidth="1"/>
     <col min="8" max="8" width="9.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" s="1" customFormat="1">
       <c r="A1" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="3">
         <v>45927.7083333333</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>51</v>
+        <v>65</v>
       </c>
       <c r="C2" s="0" t="s">
-        <v>52</v>
+        <v>66</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E2" s="0" t="s">
-        <v>53</v>
+        <v>67</v>
       </c>
       <c r="F2" s="0" t="s">
-        <v>54</v>
+        <v>68</v>
       </c>
       <c r="G2" s="0" t="s">
-        <v>55</v>
+        <v>69</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="3">
         <v>45940.8541666667</v>
       </c>
       <c r="B3" s="0" t="s">
-        <v>51</v>
+        <v>65</v>
       </c>
       <c r="C3" s="0" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E3" s="0" t="s">
-        <v>57</v>
+        <v>71</v>
       </c>
       <c r="F3" s="0" t="s">
-        <v>58</v>
+        <v>72</v>
       </c>
       <c r="G3" s="0" t="s">
-        <v>59</v>
+        <v>73</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="3">
         <v>45960.875</v>
       </c>
       <c r="B4" s="0" t="s">
-        <v>51</v>
+        <v>65</v>
       </c>
       <c r="C4" s="0" t="s">
-        <v>60</v>
+        <v>74</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E4" s="0" t="s">
-        <v>61</v>
+        <v>75</v>
+      </c>
+      <c r="F4" s="0" t="s">
+        <v>76</v>
       </c>
       <c r="G4" s="0" t="s">
-        <v>62</v>
+        <v>77</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="3">
         <v>45968.8541666667</v>
       </c>
       <c r="B5" s="0" t="s">
-        <v>51</v>
+        <v>65</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D5" s="0" t="s">
-        <v>63</v>
+        <v>78</v>
       </c>
       <c r="E5" s="0" t="s">
-        <v>64</v>
+        <v>79</v>
+      </c>
+      <c r="F5" s="0" t="s">
+        <v>80</v>
       </c>
       <c r="G5" s="0" t="s">
-        <v>65</v>
+        <v>81</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="3">
         <v>45973.8541666667</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>51</v>
+        <v>65</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E6" s="0" t="s">
-        <v>67</v>
+        <v>83</v>
+      </c>
+      <c r="F6" s="0" t="s">
+        <v>84</v>
       </c>
       <c r="G6" s="0" t="s">
-        <v>68</v>
+        <v>85</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="3">
         <v>45981.8541666667</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>51</v>
+        <v>65</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>69</v>
+        <v>86</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E7" s="0" t="s">
-        <v>70</v>
+        <v>87</v>
+      </c>
+      <c r="F7" s="0" t="s">
+        <v>88</v>
       </c>
       <c r="G7" s="0" t="s">
-        <v>71</v>
+        <v>89</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="3">
         <v>45990.5833333333</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>51</v>
+        <v>65</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D8" s="0" t="s">
-        <v>72</v>
+        <v>90</v>
       </c>
       <c r="E8" s="0" t="s">
-        <v>64</v>
+        <v>79</v>
       </c>
       <c r="G8" s="0" t="s">
-        <v>73</v>
+        <v>91</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="3">
         <v>45997.7291666667</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>51</v>
+        <v>65</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D9" s="0" t="s">
-        <v>74</v>
+        <v>92</v>
       </c>
       <c r="E9" s="0" t="s">
-        <v>64</v>
+        <v>79</v>
       </c>
       <c r="G9" s="0" t="s">
-        <v>75</v>
+        <v>93</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="3">
         <v>46002.8541666667</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>51</v>
+        <v>65</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>76</v>
+        <v>94</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E10" s="0" t="s">
-        <v>77</v>
+        <v>95</v>
       </c>
       <c r="G10" s="0" t="s">
-        <v>78</v>
+        <v>96</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="3">
         <v>46011.7083333333</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>51</v>
+        <v>65</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>52</v>
+        <v>66</v>
       </c>
       <c r="E11" s="0" t="s">
-        <v>64</v>
+        <v>79</v>
       </c>
       <c r="G11" s="0" t="s">
-        <v>79</v>
+        <v>91</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="3">
         <v>46038.8541666667</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>51</v>
+        <v>65</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="E12" s="0" t="s">
-        <v>64</v>
+        <v>79</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="3">
         <v>46046.7291666667</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>51</v>
+        <v>65</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>60</v>
+        <v>74</v>
       </c>
       <c r="E13" s="0" t="s">
-        <v>64</v>
+        <v>79</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="3">
         <v>46052.8541666667</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>51</v>
+        <v>65</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>63</v>
+        <v>78</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E14" s="0" t="s">
-        <v>80</v>
+        <v>97</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="3">
         <v>46060.7291666667</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>51</v>
+        <v>65</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
       <c r="E15" s="0" t="s">
-        <v>64</v>
+        <v>79</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="3">
         <v>46067.5833333333</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>51</v>
+        <v>65</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>69</v>
+        <v>86</v>
       </c>
       <c r="E16" s="0" t="s">
-        <v>64</v>
+        <v>79</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="3">
         <v>46081.75</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>51</v>
+        <v>65</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>72</v>
+        <v>90</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E17" s="0" t="s">
-        <v>81</v>
+        <v>98</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="3">
         <v>46086.8645833333</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>51</v>
+        <v>65</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>74</v>
+        <v>92</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E18" s="0" t="s">
-        <v>82</v>
+        <v>99</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="3">
-        <v>46095.5833333333</v>
+        <v>46089.5833333333</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>51</v>
+        <v>65</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>76</v>
+        <v>94</v>
       </c>
       <c r="E19" s="0" t="s">
-        <v>64</v>
+        <v>79</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H19"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.6921789986747" customWidth="1" style="3"/>
     <col min="2" max="2" width="9.140625" customWidth="1"/>
     <col min="3" max="3" width="21.5496913364955" customWidth="1"/>
     <col min="4" max="4" width="21.5496913364955" customWidth="1"/>
     <col min="5" max="5" width="23.3288029261998" customWidth="1"/>
-    <col min="6" max="6" width="21.9834725516183" customWidth="1"/>
+    <col min="6" max="6" width="31.9471064976283" customWidth="1"/>
     <col min="7" max="7" width="17.9751031058175" customWidth="1"/>
     <col min="8" max="8" width="9.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" s="1" customFormat="1">
       <c r="A1" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="3">
         <v>45934.7291666667</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>83</v>
+        <v>100</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E2" s="0" t="s">
-        <v>64</v>
+        <v>79</v>
       </c>
       <c r="F2" s="0" t="s">
-        <v>84</v>
+        <v>101</v>
       </c>
       <c r="G2" s="0" t="s">
-        <v>85</v>
+        <v>102</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="3">
         <v>45940.8541666667</v>
       </c>
       <c r="B3" s="0" t="s">
-        <v>83</v>
+        <v>100</v>
       </c>
       <c r="C3" s="0" t="s">
-        <v>86</v>
+        <v>103</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E3" s="0" t="s">
-        <v>87</v>
+        <v>104</v>
       </c>
       <c r="F3" s="0" t="s">
-        <v>88</v>
+        <v>105</v>
       </c>
       <c r="G3" s="0" t="s">
-        <v>89</v>
+        <v>106</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="3">
         <v>45961.8541666667</v>
       </c>
       <c r="B4" s="0" t="s">
-        <v>83</v>
+        <v>100</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D4" s="0" t="s">
-        <v>90</v>
+        <v>107</v>
       </c>
       <c r="E4" s="0" t="s">
-        <v>64</v>
+        <v>79</v>
+      </c>
+      <c r="F4" s="0" t="s">
+        <v>108</v>
       </c>
       <c r="G4" s="0" t="s">
-        <v>91</v>
+        <v>109</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="3">
         <v>45966.8125</v>
       </c>
       <c r="B5" s="0" t="s">
-        <v>83</v>
+        <v>100</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D5" s="0" t="s">
-        <v>92</v>
+        <v>110</v>
       </c>
       <c r="E5" s="0" t="s">
-        <v>64</v>
+        <v>79</v>
+      </c>
+      <c r="F5" s="0" t="s">
+        <v>111</v>
       </c>
       <c r="G5" s="0" t="s">
-        <v>93</v>
+        <v>112</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="3">
         <v>45975.8541666667</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>83</v>
+        <v>100</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>94</v>
+        <v>113</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E6" s="0" t="s">
-        <v>95</v>
+        <v>114</v>
+      </c>
+      <c r="F6" s="0" t="s">
+        <v>115</v>
       </c>
       <c r="G6" s="0" t="s">
-        <v>89</v>
+        <v>106</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="3">
         <v>45983.5833333333</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>83</v>
+        <v>100</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D7" s="0" t="s">
-        <v>96</v>
+        <v>116</v>
       </c>
       <c r="E7" s="0" t="s">
-        <v>64</v>
+        <v>79</v>
+      </c>
+      <c r="F7" s="0" t="s">
+        <v>117</v>
       </c>
       <c r="G7" s="0" t="s">
-        <v>97</v>
+        <v>118</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="3">
         <v>45988.8645833333</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>83</v>
+        <v>100</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>98</v>
+        <v>119</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E8" s="0" t="s">
-        <v>99</v>
+        <v>120</v>
+      </c>
+      <c r="F8" s="0" t="s">
+        <v>121</v>
       </c>
       <c r="G8" s="0" t="s">
-        <v>78</v>
+        <v>96</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="3">
         <v>45998.5833333333</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>83</v>
+        <v>100</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>100</v>
+        <v>122</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E9" s="0" t="s">
-        <v>101</v>
+        <v>123</v>
       </c>
       <c r="G9" s="0" t="s">
-        <v>102</v>
+        <v>124</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="3">
         <v>46004.5833333333</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>83</v>
+        <v>100</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>103</v>
+        <v>125</v>
       </c>
       <c r="E10" s="0" t="s">
-        <v>64</v>
+        <v>79</v>
       </c>
       <c r="G10" s="0" t="s">
-        <v>73</v>
+        <v>126</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="3">
         <v>46010.8541666667</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>83</v>
+        <v>100</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E11" s="0" t="s">
-        <v>64</v>
+        <v>79</v>
       </c>
       <c r="G11" s="0" t="s">
-        <v>104</v>
+        <v>127</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="3">
         <v>46040.6875</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>83</v>
+        <v>100</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>86</v>
+        <v>103</v>
       </c>
       <c r="E12" s="0" t="s">
-        <v>64</v>
+        <v>79</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="3">
         <v>46044.8645833333</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>83</v>
+        <v>100</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>90</v>
+        <v>107</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E13" s="0" t="s">
-        <v>105</v>
+        <v>128</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="3">
         <v>46053.5625</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>83</v>
+        <v>100</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>92</v>
+        <v>110</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E14" s="0" t="s">
-        <v>106</v>
+        <v>129</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="3">
         <v>46060.625</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>83</v>
+        <v>100</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>94</v>
+        <v>113</v>
       </c>
       <c r="E15" s="0" t="s">
-        <v>64</v>
+        <v>79</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="3">
         <v>46067.6666666667</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>83</v>
+        <v>100</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>96</v>
+        <v>116</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E16" s="0" t="s">
-        <v>107</v>
+        <v>130</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="3">
         <v>46081.5833333333</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>83</v>
+        <v>100</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>98</v>
+        <v>119</v>
       </c>
       <c r="E17" s="0" t="s">
-        <v>64</v>
+        <v>79</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="3">
         <v>46088.5833333333</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>83</v>
+        <v>100</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>100</v>
+        <v>122</v>
       </c>
       <c r="E18" s="0" t="s">
-        <v>64</v>
+        <v>79</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="3">
         <v>46095.7083333333</v>
       </c>
       <c r="B19" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="C19" s="0" t="s">
+        <v>125</v>
+      </c>
+      <c r="D19" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="E19" s="0" t="s">
         <v>83</v>
-      </c>
-[...7 lines deleted...]
-        <v>67</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H19"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.6921789986747" customWidth="1" style="3"/>
     <col min="2" max="2" width="9.140625" customWidth="1"/>
     <col min="3" max="3" width="21.5496913364955" customWidth="1"/>
     <col min="4" max="4" width="21.5496913364955" customWidth="1"/>
     <col min="5" max="5" width="35.3170819963728" customWidth="1"/>
-    <col min="6" max="6" width="21.9834725516183" customWidth="1"/>
+    <col min="6" max="6" width="33.040762765067" customWidth="1"/>
     <col min="7" max="7" width="22.3231288364955" customWidth="1"/>
     <col min="8" max="8" width="9.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" s="1" customFormat="1">
       <c r="A1" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="3">
         <v>45934.7291666667</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>83</v>
+        <v>100</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E2" s="0" t="s">
-        <v>64</v>
+        <v>79</v>
       </c>
       <c r="F2" s="0" t="s">
-        <v>84</v>
+        <v>101</v>
       </c>
       <c r="G2" s="0" t="s">
-        <v>85</v>
+        <v>102</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="3">
         <v>45938.8645833333</v>
       </c>
       <c r="B3" s="0" t="s">
-        <v>83</v>
+        <v>100</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D3" s="0" t="s">
-        <v>98</v>
+        <v>119</v>
       </c>
       <c r="E3" s="0" t="s">
-        <v>64</v>
+        <v>79</v>
       </c>
       <c r="F3" s="0" t="s">
-        <v>108</v>
+        <v>131</v>
       </c>
       <c r="G3" s="0" t="s">
-        <v>97</v>
+        <v>118</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="3">
         <v>45962.5625</v>
       </c>
       <c r="B4" s="0" t="s">
-        <v>83</v>
+        <v>100</v>
       </c>
       <c r="C4" s="0" t="s">
-        <v>92</v>
+        <v>110</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E4" s="0" t="s">
-        <v>106</v>
+        <v>129</v>
+      </c>
+      <c r="F4" s="0" t="s">
+        <v>132</v>
       </c>
       <c r="G4" s="0" t="s">
-        <v>109</v>
+        <v>77</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="3">
         <v>45966.8125</v>
       </c>
       <c r="B5" s="0" t="s">
-        <v>83</v>
+        <v>100</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D5" s="0" t="s">
-        <v>103</v>
+        <v>125</v>
       </c>
       <c r="E5" s="0" t="s">
-        <v>64</v>
+        <v>79</v>
+      </c>
+      <c r="F5" s="0" t="s">
+        <v>133</v>
       </c>
       <c r="G5" s="0" t="s">
-        <v>71</v>
+        <v>89</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="3">
         <v>45974.8645833333</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>83</v>
+        <v>100</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>100</v>
+        <v>122</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E6" s="0" t="s">
-        <v>101</v>
+        <v>123</v>
+      </c>
+      <c r="F6" s="0" t="s">
+        <v>134</v>
       </c>
       <c r="G6" s="0" t="s">
-        <v>110</v>
+        <v>135</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="3">
         <v>45982.8541666667</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>83</v>
+        <v>100</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D7" s="0" t="s">
-        <v>90</v>
+        <v>107</v>
       </c>
       <c r="E7" s="0" t="s">
-        <v>64</v>
+        <v>79</v>
+      </c>
+      <c r="F7" s="0" t="s">
+        <v>136</v>
       </c>
       <c r="G7" s="0" t="s">
-        <v>111</v>
+        <v>137</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="3">
         <v>45990.75</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>83</v>
+        <v>100</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>94</v>
+        <v>113</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E8" s="0" t="s">
-        <v>95</v>
+        <v>114</v>
       </c>
       <c r="G8" s="0" t="s">
-        <v>112</v>
+        <v>138</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="3">
         <v>45996.8541666667</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>83</v>
+        <v>100</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>86</v>
+        <v>103</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E9" s="0" t="s">
-        <v>87</v>
+        <v>104</v>
       </c>
       <c r="G9" s="0" t="s">
-        <v>89</v>
+        <v>106</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="3">
         <v>46001.8645833333</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>83</v>
+        <v>100</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>96</v>
+        <v>116</v>
       </c>
       <c r="E10" s="0" t="s">
-        <v>64</v>
+        <v>79</v>
       </c>
       <c r="G10" s="0" t="s">
-        <v>113</v>
+        <v>139</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="3">
         <v>46010.8541666667</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>83</v>
+        <v>100</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E11" s="0" t="s">
-        <v>64</v>
+        <v>79</v>
       </c>
       <c r="G11" s="0" t="s">
-        <v>104</v>
+        <v>127</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="3">
         <v>46035.84375</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>83</v>
+        <v>100</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>98</v>
+        <v>119</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E12" s="0" t="s">
-        <v>99</v>
+        <v>120</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="3">
         <v>46046.625</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>83</v>
+        <v>100</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>92</v>
+        <v>110</v>
       </c>
       <c r="E13" s="0" t="s">
-        <v>64</v>
+        <v>79</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="3">
         <v>46048.875</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>83</v>
+        <v>100</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>103</v>
+        <v>125</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E14" s="0" t="s">
-        <v>114</v>
+        <v>140</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="3">
         <v>46057.8645833333</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>83</v>
+        <v>100</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>100</v>
+        <v>122</v>
       </c>
       <c r="E15" s="0" t="s">
-        <v>64</v>
+        <v>79</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="3">
         <v>46064.8645833333</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>83</v>
+        <v>100</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>90</v>
+        <v>107</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E16" s="0" t="s">
-        <v>105</v>
+        <v>128</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="3">
         <v>46080.8541666667</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>83</v>
+        <v>100</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>94</v>
+        <v>113</v>
       </c>
       <c r="E17" s="0" t="s">
-        <v>64</v>
+        <v>79</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="3">
         <v>46087.8541666667</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>83</v>
+        <v>100</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>86</v>
+        <v>103</v>
       </c>
       <c r="E18" s="0" t="s">
-        <v>64</v>
+        <v>79</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="3">
         <v>46095.6666666667</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>83</v>
+        <v>100</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>96</v>
+        <v>116</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E19" s="0" t="s">
-        <v>107</v>
+        <v>130</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H17"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.6921789986747" customWidth="1" style="3"/>
     <col min="2" max="2" width="13.7723497663225" customWidth="1"/>
     <col min="3" max="3" width="17.413440159389" customWidth="1"/>
     <col min="4" max="4" width="17.413440159389" customWidth="1"/>
     <col min="5" max="5" width="26.1954323904855" customWidth="1"/>
     <col min="6" max="6" width="21.9834725516183" customWidth="1"/>
     <col min="7" max="7" width="26.7857404436384" customWidth="1"/>
     <col min="8" max="8" width="9.140625" customWidth="1"/>
   </cols>
   <sheetData>
@@ -2210,342 +2477,354 @@
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="3">
         <v>45940.8541666667</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>115</v>
+        <v>141</v>
       </c>
       <c r="C2" s="0" t="s">
-        <v>116</v>
+        <v>142</v>
       </c>
       <c r="D2" s="0" t="s">
-        <v>117</v>
+        <v>143</v>
       </c>
       <c r="E2" s="0" t="s">
-        <v>64</v>
+        <v>79</v>
       </c>
       <c r="F2" s="0" t="s">
-        <v>118</v>
+        <v>144</v>
       </c>
       <c r="G2" s="0" t="s">
-        <v>55</v>
+        <v>69</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="3">
         <v>45962.6666666667</v>
       </c>
       <c r="B3" s="0" t="s">
-        <v>115</v>
+        <v>141</v>
       </c>
       <c r="C3" s="0" t="s">
-        <v>96</v>
+        <v>116</v>
       </c>
       <c r="D3" s="0" t="s">
-        <v>116</v>
+        <v>142</v>
       </c>
       <c r="E3" s="0" t="s">
-        <v>107</v>
+        <v>130</v>
+      </c>
+      <c r="F3" s="0" t="s">
+        <v>145</v>
       </c>
       <c r="G3" s="0" t="s">
-        <v>119</v>
+        <v>146</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="3">
         <v>45965.8645833333</v>
       </c>
       <c r="B4" s="0" t="s">
-        <v>115</v>
+        <v>141</v>
       </c>
       <c r="C4" s="0" t="s">
-        <v>116</v>
+        <v>142</v>
       </c>
       <c r="D4" s="0" t="s">
-        <v>72</v>
+        <v>90</v>
       </c>
       <c r="E4" s="0" t="s">
-        <v>120</v>
+        <v>147</v>
+      </c>
+      <c r="F4" s="0" t="s">
+        <v>148</v>
       </c>
       <c r="G4" s="0" t="s">
-        <v>121</v>
+        <v>149</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="3">
         <v>45972.875</v>
       </c>
       <c r="B5" s="0" t="s">
-        <v>115</v>
+        <v>141</v>
       </c>
       <c r="C5" s="0" t="s">
-        <v>122</v>
+        <v>150</v>
       </c>
       <c r="D5" s="0" t="s">
-        <v>116</v>
+        <v>142</v>
       </c>
       <c r="E5" s="0" t="s">
-        <v>123</v>
+        <v>151</v>
+      </c>
+      <c r="F5" s="0" t="s">
+        <v>152</v>
       </c>
       <c r="G5" s="0" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="3">
         <v>45978.84375</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>115</v>
+        <v>141</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>125</v>
+        <v>154</v>
       </c>
       <c r="D6" s="0" t="s">
-        <v>116</v>
+        <v>142</v>
       </c>
       <c r="E6" s="0" t="s">
-        <v>126</v>
+        <v>155</v>
+      </c>
+      <c r="F6" s="0" t="s">
+        <v>156</v>
       </c>
       <c r="G6" s="0" t="s">
-        <v>127</v>
+        <v>157</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="3">
         <v>45989.8541666667</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>115</v>
+        <v>141</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>116</v>
+        <v>142</v>
       </c>
       <c r="D7" s="0" t="s">
-        <v>128</v>
+        <v>158</v>
       </c>
       <c r="E7" s="0" t="s">
-        <v>64</v>
+        <v>79</v>
       </c>
       <c r="G7" s="0" t="s">
-        <v>129</v>
+        <v>159</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="3">
         <v>45996.8541666667</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>115</v>
+        <v>141</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>116</v>
+        <v>142</v>
       </c>
       <c r="D8" s="0" t="s">
-        <v>130</v>
+        <v>160</v>
       </c>
       <c r="E8" s="0" t="s">
-        <v>64</v>
+        <v>79</v>
       </c>
       <c r="G8" s="0" t="s">
-        <v>131</v>
+        <v>161</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="3">
-        <v>46004.7083333333</v>
+        <v>46007.8645833333</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>115</v>
+        <v>141</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>52</v>
+        <v>66</v>
       </c>
       <c r="D9" s="0" t="s">
-        <v>116</v>
+        <v>142</v>
       </c>
       <c r="E9" s="0" t="s">
-        <v>53</v>
+        <v>67</v>
       </c>
       <c r="G9" s="0" t="s">
-        <v>132</v>
+        <v>162</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="3">
         <v>46036.8333333333</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>115</v>
+        <v>141</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>117</v>
+        <v>143</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>116</v>
+        <v>142</v>
       </c>
       <c r="E10" s="0" t="s">
-        <v>133</v>
+        <v>163</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="3">
         <v>46046.7291666667</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>115</v>
+        <v>141</v>
       </c>
       <c r="C11" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="D11" s="0" t="s">
         <v>116</v>
       </c>
-      <c r="D11" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E11" s="0" t="s">
-        <v>64</v>
+        <v>79</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="3">
         <v>46053.625</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>115</v>
+        <v>141</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>72</v>
+        <v>90</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>116</v>
+        <v>142</v>
       </c>
       <c r="E12" s="0" t="s">
-        <v>81</v>
+        <v>98</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="3">
         <v>46059.8541666667</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>115</v>
+        <v>141</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>116</v>
+        <v>142</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>122</v>
+        <v>150</v>
       </c>
       <c r="E13" s="0" t="s">
-        <v>64</v>
+        <v>79</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="3">
         <v>46066.8541666667</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>115</v>
+        <v>141</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>116</v>
+        <v>142</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>125</v>
+        <v>154</v>
       </c>
       <c r="E14" s="0" t="s">
-        <v>64</v>
+        <v>79</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="3">
         <v>46078.8541666667</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>115</v>
+        <v>141</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>128</v>
+        <v>158</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>116</v>
+        <v>142</v>
       </c>
       <c r="E15" s="0" t="s">
-        <v>134</v>
+        <v>164</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="3">
         <v>46088.6666666667</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>115</v>
+        <v>141</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>130</v>
+        <v>160</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>116</v>
+        <v>142</v>
       </c>
       <c r="E16" s="0" t="s">
-        <v>135</v>
+        <v>165</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="3">
         <v>46094.8541666667</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>115</v>
+        <v>141</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>116</v>
+        <v>142</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>52</v>
+        <v>66</v>
       </c>
       <c r="E17" s="0" t="s">
-        <v>64</v>
+        <v>79</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H21"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.6921789986747" customWidth="1" style="3"/>
     <col min="2" max="2" width="9.140625" customWidth="1"/>
     <col min="3" max="3" width="19.8882337297712" customWidth="1"/>
     <col min="4" max="4" width="19.8882337297712" customWidth="1"/>
     <col min="5" max="5" width="26.1954323904855" customWidth="1"/>
     <col min="6" max="6" width="27.5121176583426" customWidth="1"/>
     <col min="7" max="7" width="9.140625" customWidth="1"/>
     <col min="8" max="8" width="9.140625" customWidth="1"/>
   </cols>
   <sheetData>
@@ -2558,395 +2837,404 @@
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="3">
         <v>45920.5833333333</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>136</v>
+        <v>166</v>
       </c>
       <c r="C2" s="0" t="s">
-        <v>52</v>
+        <v>66</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E2" s="0" t="s">
-        <v>53</v>
+        <v>67</v>
       </c>
       <c r="F2" s="0" t="s">
-        <v>137</v>
+        <v>167</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="3">
         <v>45925.7708333333</v>
       </c>
       <c r="B3" s="0" t="s">
-        <v>136</v>
+        <v>166</v>
       </c>
       <c r="C3" s="0" t="s">
-        <v>74</v>
+        <v>92</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E3" s="0" t="s">
-        <v>138</v>
+        <v>168</v>
       </c>
       <c r="F3" s="0" t="s">
-        <v>139</v>
+        <v>169</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="3">
         <v>45934.7291666667</v>
       </c>
       <c r="B4" s="0" t="s">
-        <v>136</v>
+        <v>166</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D4" s="0" t="s">
-        <v>140</v>
+        <v>170</v>
       </c>
       <c r="E4" s="0" t="s">
-        <v>64</v>
+        <v>79</v>
       </c>
       <c r="F4" s="0" t="s">
-        <v>141</v>
+        <v>171</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="3">
         <v>45941.7083333333</v>
       </c>
       <c r="B5" s="0" t="s">
-        <v>136</v>
+        <v>166</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D5" s="0" t="s">
-        <v>142</v>
+        <v>172</v>
       </c>
       <c r="E5" s="0" t="s">
-        <v>64</v>
+        <v>79</v>
       </c>
       <c r="F5" s="0" t="s">
-        <v>143</v>
+        <v>173</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="3">
         <v>45969.5416666667</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>136</v>
+        <v>166</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>63</v>
+        <v>78</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E6" s="0" t="s">
-        <v>101</v>
+        <v>123</v>
+      </c>
+      <c r="F6" s="0" t="s">
+        <v>174</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="3">
-        <v>45977.5625</v>
+        <v>45976.5833333333</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>136</v>
+        <v>166</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D7" s="0" t="s">
-        <v>130</v>
+        <v>160</v>
       </c>
       <c r="E7" s="0" t="s">
-        <v>64</v>
+        <v>79</v>
+      </c>
+      <c r="F7" s="0" t="s">
+        <v>175</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="3">
         <v>45978.7916666667</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>136</v>
+        <v>166</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>96</v>
+        <v>116</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E8" s="0" t="s">
-        <v>107</v>
+        <v>130</v>
+      </c>
+      <c r="F8" s="0" t="s">
+        <v>176</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="3">
         <v>45990.625</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>136</v>
+        <v>166</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>103</v>
+        <v>125</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E9" s="0" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="3">
         <v>45997.4166666667</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>136</v>
+        <v>166</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>60</v>
+        <v>74</v>
       </c>
       <c r="E10" s="0" t="s">
-        <v>64</v>
+        <v>79</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="3">
         <v>46003.8541666667</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>136</v>
+        <v>166</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>72</v>
+        <v>90</v>
       </c>
       <c r="E11" s="0" t="s">
-        <v>144</v>
+        <v>177</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="3">
         <v>46011.7083333333</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>136</v>
+        <v>166</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>52</v>
+        <v>66</v>
       </c>
       <c r="E12" s="0" t="s">
-        <v>64</v>
+        <v>79</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="3">
         <v>46033.5833333333</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>136</v>
+        <v>166</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>74</v>
+        <v>92</v>
       </c>
       <c r="E13" s="0" t="s">
-        <v>64</v>
+        <v>79</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="3">
         <v>46038.7916666667</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>136</v>
+        <v>166</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>140</v>
+        <v>170</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E14" s="0" t="s">
-        <v>145</v>
+        <v>178</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="3">
         <v>46046.4375</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>136</v>
+        <v>166</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>142</v>
+        <v>172</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E15" s="0" t="s">
-        <v>87</v>
+        <v>104</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="3">
         <v>46060.7291666667</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>136</v>
+        <v>166</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>63</v>
+        <v>78</v>
       </c>
       <c r="E16" s="0" t="s">
-        <v>64</v>
+        <v>79</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="3">
         <v>46066.8125</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>136</v>
+        <v>166</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>130</v>
+        <v>160</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E17" s="0" t="s">
-        <v>135</v>
+        <v>165</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="3">
         <v>46075.5625</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>136</v>
+        <v>166</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>96</v>
+        <v>116</v>
       </c>
       <c r="E18" s="0" t="s">
-        <v>64</v>
+        <v>79</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="3">
         <v>46081.4375</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>136</v>
+        <v>166</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>103</v>
+        <v>125</v>
       </c>
       <c r="E19" s="0" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="3">
         <v>46088.5833333333</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>136</v>
+        <v>166</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>60</v>
+        <v>74</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E20" s="0" t="s">
-        <v>146</v>
+        <v>179</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="3">
         <v>46095.5833333333</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>136</v>
+        <v>166</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>72</v>
+        <v>90</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E21" s="0" t="s">
-        <v>81</v>
+        <v>98</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H15"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.6921789986747" customWidth="1" style="3"/>
     <col min="2" max="2" width="9.140625" customWidth="1"/>
     <col min="3" max="3" width="19.8882337297712" customWidth="1"/>
     <col min="4" max="4" width="19.8882337297712" customWidth="1"/>
     <col min="5" max="5" width="22.8469390869141" customWidth="1"/>
     <col min="6" max="6" width="33.040762765067" customWidth="1"/>
     <col min="7" max="7" width="9.140625" customWidth="1"/>
     <col min="8" max="8" width="9.140625" customWidth="1"/>
   </cols>
   <sheetData>
@@ -2959,2594 +3247,2794 @@
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="3">
         <v>45920.5833333333</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>147</v>
+        <v>180</v>
       </c>
       <c r="C2" s="0" t="s">
-        <v>148</v>
+        <v>181</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E2" s="0" t="s">
-        <v>95</v>
+        <v>114</v>
       </c>
       <c r="F2" s="0" t="s">
-        <v>149</v>
+        <v>182</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="3">
         <v>45927.6041666667</v>
       </c>
       <c r="B3" s="0" t="s">
-        <v>147</v>
+        <v>180</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D3" s="0" t="s">
-        <v>150</v>
+        <v>183</v>
       </c>
       <c r="E3" s="0" t="s">
-        <v>64</v>
+        <v>79</v>
       </c>
       <c r="F3" s="0" t="s">
-        <v>151</v>
+        <v>184</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="3">
         <v>45934.4166666667</v>
       </c>
       <c r="B4" s="0" t="s">
+        <v>180</v>
+      </c>
+      <c r="C4" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="D4" s="0" t="s">
+        <v>107</v>
+      </c>
+      <c r="E4" s="0" t="s">
         <v>147</v>
       </c>
-      <c r="C4" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F4" s="0" t="s">
-        <v>152</v>
+        <v>185</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="3">
         <v>45941.5416666667</v>
       </c>
       <c r="B5" s="0" t="s">
-        <v>147</v>
+        <v>180</v>
       </c>
       <c r="C5" s="0" t="s">
-        <v>140</v>
+        <v>170</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E5" s="0" t="s">
-        <v>145</v>
+        <v>178</v>
       </c>
       <c r="F5" s="0" t="s">
-        <v>153</v>
+        <v>186</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="3">
         <v>45963.625</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>147</v>
+        <v>180</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D6" s="0" t="s">
-        <v>74</v>
+        <v>92</v>
       </c>
       <c r="E6" s="0" t="s">
-        <v>64</v>
+        <v>79</v>
+      </c>
+      <c r="F6" s="0" t="s">
+        <v>187</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="3">
         <v>45968.78125</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>147</v>
+        <v>180</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>69</v>
+        <v>86</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E7" s="0" t="s">
-        <v>154</v>
+        <v>188</v>
+      </c>
+      <c r="F7" s="0" t="s">
+        <v>189</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="3">
-        <v>45977.4583333333</v>
+        <v>45976.4166666667</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>147</v>
+        <v>180</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D8" s="0" t="s">
-        <v>155</v>
+        <v>190</v>
       </c>
       <c r="E8" s="0" t="s">
-        <v>64</v>
+        <v>79</v>
+      </c>
+      <c r="F8" s="0" t="s">
+        <v>191</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="3">
         <v>45983.4166666667</v>
       </c>
       <c r="B9" s="0" t="s">
+        <v>180</v>
+      </c>
+      <c r="C9" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="D9" s="0" t="s">
+        <v>181</v>
+      </c>
+      <c r="E9" s="0" t="s">
         <v>147</v>
       </c>
-      <c r="C9" s="0" t="s">
-[...6 lines deleted...]
-        <v>120</v>
+      <c r="F9" s="0" t="s">
+        <v>192</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="3">
         <v>45989.7708333333</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>147</v>
+        <v>180</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>150</v>
+        <v>183</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E10" s="0" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="3">
         <v>45998.4270833333</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>147</v>
+        <v>180</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>90</v>
+        <v>107</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E11" s="0" t="s">
-        <v>105</v>
+        <v>128</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="3">
         <v>46004.4166666667</v>
       </c>
       <c r="B12" s="0" t="s">
+        <v>180</v>
+      </c>
+      <c r="C12" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="D12" s="0" t="s">
+        <v>170</v>
+      </c>
+      <c r="E12" s="0" t="s">
         <v>147</v>
-      </c>
-[...7 lines deleted...]
-        <v>120</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="3">
         <v>46011.5625</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>147</v>
+        <v>180</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>74</v>
+        <v>92</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E13" s="0" t="s">
-        <v>138</v>
+        <v>168</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="3">
         <v>46032.4375</v>
       </c>
       <c r="B14" s="0" t="s">
+        <v>180</v>
+      </c>
+      <c r="C14" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="D14" s="0" t="s">
+        <v>86</v>
+      </c>
+      <c r="E14" s="0" t="s">
         <v>147</v>
-      </c>
-[...7 lines deleted...]
-        <v>120</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="3">
         <v>46039.4166666667</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>147</v>
+        <v>180</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>155</v>
+        <v>190</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E15" s="0" t="s">
-        <v>80</v>
+        <v>97</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H121"/>
+  <dimension ref="A1:H125"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.6921789986747" customWidth="1" style="3"/>
     <col min="2" max="2" width="20.4151131766183" customWidth="1"/>
     <col min="3" max="3" width="21.5496913364955" customWidth="1"/>
     <col min="4" max="4" width="21.5496913364955" customWidth="1"/>
     <col min="5" max="5" width="40.4600306919643" customWidth="1"/>
     <col min="6" max="6" width="33.040762765067" customWidth="1"/>
     <col min="7" max="7" width="26.7857404436384" customWidth="1"/>
-    <col min="8" max="8" width="18.6738564627511" customWidth="1"/>
+    <col min="8" max="8" width="17.9362258911133" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" s="1" customFormat="1">
       <c r="A1" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="3">
         <v>45920.5833333333</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>136</v>
+        <v>166</v>
       </c>
       <c r="C2" s="0" t="s">
-        <v>52</v>
+        <v>66</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E2" s="0" t="s">
-        <v>53</v>
+        <v>67</v>
       </c>
       <c r="F2" s="0" t="s">
-        <v>137</v>
+        <v>167</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="3">
         <v>45920.5833333333</v>
       </c>
       <c r="B3" s="0" t="s">
-        <v>147</v>
+        <v>180</v>
       </c>
       <c r="C3" s="0" t="s">
-        <v>148</v>
+        <v>181</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E3" s="0" t="s">
-        <v>95</v>
+        <v>114</v>
       </c>
       <c r="F3" s="0" t="s">
-        <v>149</v>
+        <v>182</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="3">
         <v>45925.7708333333</v>
       </c>
       <c r="B4" s="0" t="s">
-        <v>136</v>
+        <v>166</v>
       </c>
       <c r="C4" s="0" t="s">
-        <v>74</v>
+        <v>92</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E4" s="0" t="s">
-        <v>138</v>
+        <v>168</v>
       </c>
       <c r="F4" s="0" t="s">
-        <v>139</v>
+        <v>169</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="3">
         <v>45927.6041666667</v>
       </c>
       <c r="B5" s="0" t="s">
-        <v>147</v>
+        <v>180</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D5" s="0" t="s">
-        <v>150</v>
+        <v>183</v>
       </c>
       <c r="E5" s="0" t="s">
-        <v>64</v>
+        <v>79</v>
       </c>
       <c r="F5" s="0" t="s">
-        <v>151</v>
+        <v>184</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="3">
         <v>45927.7083333333</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>51</v>
+        <v>65</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>52</v>
+        <v>66</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E6" s="0" t="s">
-        <v>53</v>
+        <v>67</v>
       </c>
       <c r="F6" s="0" t="s">
-        <v>54</v>
+        <v>68</v>
       </c>
       <c r="G6" s="0" t="s">
-        <v>55</v>
+        <v>69</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="3">
         <v>45934.4166666667</v>
       </c>
       <c r="B7" s="0" t="s">
+        <v>180</v>
+      </c>
+      <c r="C7" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="D7" s="0" t="s">
+        <v>107</v>
+      </c>
+      <c r="E7" s="0" t="s">
         <v>147</v>
       </c>
-      <c r="C7" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F7" s="0" t="s">
-        <v>152</v>
+        <v>185</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="3">
         <v>45934.7291666667</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>83</v>
+        <v>100</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E8" s="0" t="s">
-        <v>64</v>
+        <v>79</v>
       </c>
       <c r="F8" s="0" t="s">
-        <v>84</v>
+        <v>101</v>
       </c>
       <c r="G8" s="0" t="s">
-        <v>85</v>
+        <v>102</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="3">
         <v>45934.7291666667</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>136</v>
+        <v>166</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D9" s="0" t="s">
-        <v>140</v>
+        <v>170</v>
       </c>
       <c r="E9" s="0" t="s">
-        <v>64</v>
+        <v>79</v>
       </c>
       <c r="F9" s="0" t="s">
-        <v>141</v>
+        <v>171</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="3">
         <v>45938.8645833333</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>83</v>
+        <v>100</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>98</v>
+        <v>119</v>
       </c>
       <c r="E10" s="0" t="s">
-        <v>64</v>
+        <v>79</v>
       </c>
       <c r="F10" s="0" t="s">
-        <v>108</v>
+        <v>131</v>
       </c>
       <c r="G10" s="0" t="s">
-        <v>97</v>
+        <v>118</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="3">
         <v>45940.8541666667</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>115</v>
+        <v>141</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>116</v>
+        <v>142</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>117</v>
+        <v>143</v>
       </c>
       <c r="E11" s="0" t="s">
-        <v>64</v>
+        <v>79</v>
       </c>
       <c r="F11" s="0" t="s">
-        <v>118</v>
+        <v>144</v>
       </c>
       <c r="G11" s="0" t="s">
-        <v>55</v>
+        <v>69</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="3">
         <v>45940.8541666667</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>51</v>
+        <v>65</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E12" s="0" t="s">
-        <v>57</v>
+        <v>71</v>
       </c>
       <c r="F12" s="0" t="s">
-        <v>58</v>
+        <v>72</v>
       </c>
       <c r="G12" s="0" t="s">
-        <v>59</v>
+        <v>73</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="3">
         <v>45940.8541666667</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>83</v>
+        <v>100</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>86</v>
+        <v>103</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E13" s="0" t="s">
-        <v>87</v>
+        <v>104</v>
       </c>
       <c r="F13" s="0" t="s">
-        <v>88</v>
+        <v>105</v>
       </c>
       <c r="G13" s="0" t="s">
-        <v>89</v>
+        <v>106</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="3">
         <v>45941.5416666667</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>147</v>
+        <v>180</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>140</v>
+        <v>170</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E14" s="0" t="s">
-        <v>145</v>
+        <v>178</v>
       </c>
       <c r="F14" s="0" t="s">
-        <v>153</v>
+        <v>186</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="3">
         <v>45941.7083333333</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>136</v>
+        <v>166</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>142</v>
+        <v>172</v>
       </c>
       <c r="E15" s="0" t="s">
-        <v>64</v>
+        <v>79</v>
       </c>
       <c r="F15" s="0" t="s">
-        <v>143</v>
+        <v>173</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="3">
         <v>45941.7291666667</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>9</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>11</v>
       </c>
       <c r="F16" s="0" t="s">
         <v>12</v>
       </c>
       <c r="G16" s="0" t="s">
         <v>13</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="3">
         <v>45945.8333333333</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>15</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>16</v>
       </c>
+      <c r="F17" s="0" t="s">
+        <v>17</v>
+      </c>
       <c r="G17" s="0" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="H17" s="0" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="3">
         <v>45956.7291666667</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E18" s="0" t="s">
-        <v>20</v>
+        <v>21</v>
+      </c>
+      <c r="F18" s="0" t="s">
+        <v>22</v>
       </c>
       <c r="G18" s="0" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="H18" s="0" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="3">
-        <v>45960.875</v>
+        <v>45959.8333333333</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>51</v>
+        <v>25</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>60</v>
+        <v>10</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>10</v>
+        <v>26</v>
       </c>
       <c r="E19" s="0" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-        <v>62</v>
+        <v>16</v>
+      </c>
+      <c r="F19" s="0" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="3">
-        <v>45961.8541666667</v>
+        <v>45960.875</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>83</v>
+        <v>65</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>10</v>
+        <v>74</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>90</v>
+        <v>10</v>
       </c>
       <c r="E20" s="0" t="s">
-        <v>64</v>
+        <v>75</v>
+      </c>
+      <c r="F20" s="0" t="s">
+        <v>76</v>
       </c>
       <c r="G20" s="0" t="s">
-        <v>91</v>
+        <v>77</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="3">
-        <v>45962.5625</v>
+        <v>45961.8541666667</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>83</v>
+        <v>100</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>92</v>
+        <v>10</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>10</v>
+        <v>107</v>
       </c>
       <c r="E21" s="0" t="s">
-        <v>106</v>
+        <v>79</v>
+      </c>
+      <c r="F21" s="0" t="s">
+        <v>108</v>
       </c>
       <c r="G21" s="0" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="3">
-        <v>45962.6666666667</v>
+        <v>45962.5625</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>115</v>
+        <v>100</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>96</v>
+        <v>110</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>116</v>
+        <v>10</v>
       </c>
       <c r="E22" s="0" t="s">
-        <v>107</v>
+        <v>129</v>
+      </c>
+      <c r="F22" s="0" t="s">
+        <v>132</v>
       </c>
       <c r="G22" s="0" t="s">
-        <v>119</v>
+        <v>77</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="3">
-        <v>45962.7083333333</v>
+        <v>45962.6666666667</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>8</v>
+        <v>141</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>10</v>
+        <v>116</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>23</v>
+        <v>142</v>
       </c>
       <c r="E23" s="0" t="s">
-        <v>16</v>
+        <v>130</v>
+      </c>
+      <c r="F23" s="0" t="s">
+        <v>145</v>
       </c>
       <c r="G23" s="0" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>146</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="3">
-        <v>45963.625</v>
+        <v>45962.7083333333</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>147</v>
+        <v>8</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>74</v>
+        <v>28</v>
       </c>
       <c r="E24" s="0" t="s">
-        <v>64</v>
+        <v>16</v>
+      </c>
+      <c r="F24" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="G24" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="H24" s="0" t="s">
+        <v>30</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="3">
-        <v>45965.8645833333</v>
+        <v>45963.625</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>115</v>
+        <v>180</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>116</v>
+        <v>10</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>72</v>
+        <v>92</v>
       </c>
       <c r="E25" s="0" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-        <v>121</v>
+        <v>79</v>
+      </c>
+      <c r="F25" s="0" t="s">
+        <v>187</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="3">
-        <v>45966.8125</v>
+        <v>45965.8645833333</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>83</v>
+        <v>141</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>10</v>
+        <v>142</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="E26" s="0" t="s">
-        <v>64</v>
+        <v>147</v>
+      </c>
+      <c r="F26" s="0" t="s">
+        <v>148</v>
       </c>
       <c r="G26" s="0" t="s">
-        <v>71</v>
+        <v>149</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="3">
         <v>45966.8125</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>83</v>
+        <v>100</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>92</v>
+        <v>125</v>
       </c>
       <c r="E27" s="0" t="s">
-        <v>64</v>
+        <v>79</v>
+      </c>
+      <c r="F27" s="0" t="s">
+        <v>133</v>
       </c>
       <c r="G27" s="0" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="3">
-        <v>45968.78125</v>
+        <v>45966.8125</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>147</v>
+        <v>100</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>69</v>
+        <v>10</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>10</v>
+        <v>110</v>
       </c>
       <c r="E28" s="0" t="s">
-        <v>154</v>
+        <v>79</v>
+      </c>
+      <c r="F28" s="0" t="s">
+        <v>111</v>
+      </c>
+      <c r="G28" s="0" t="s">
+        <v>112</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="3">
-        <v>45968.8541666667</v>
+        <v>45966.8333333333</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>51</v>
+        <v>25</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>10</v>
+        <v>26</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>63</v>
+        <v>10</v>
       </c>
       <c r="E29" s="0" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-        <v>65</v>
+        <v>31</v>
+      </c>
+      <c r="F29" s="0" t="s">
+        <v>32</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="3">
-        <v>45969.5416666667</v>
+        <v>45968.78125</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>136</v>
+        <v>180</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>63</v>
+        <v>86</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E30" s="0" t="s">
-        <v>101</v>
+        <v>188</v>
+      </c>
+      <c r="F30" s="0" t="s">
+        <v>189</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="3">
-        <v>45969.7291666667</v>
+        <v>45968.8541666667</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>8</v>
+        <v>65</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>10</v>
+        <v>78</v>
       </c>
       <c r="E31" s="0" t="s">
-        <v>26</v>
+        <v>79</v>
+      </c>
+      <c r="F31" s="0" t="s">
+        <v>80</v>
       </c>
       <c r="G31" s="0" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>81</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="3">
-        <v>45972.875</v>
+        <v>45969.5416666667</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>115</v>
+        <v>166</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>122</v>
+        <v>78</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>116</v>
+        <v>10</v>
       </c>
       <c r="E32" s="0" t="s">
         <v>123</v>
       </c>
-      <c r="G32" s="0" t="s">
-        <v>124</v>
+      <c r="F32" s="0" t="s">
+        <v>174</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="3">
-        <v>45973.8541666667</v>
+        <v>45969.7291666667</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>51</v>
+        <v>8</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>66</v>
+        <v>33</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E33" s="0" t="s">
-        <v>67</v>
+        <v>34</v>
+      </c>
+      <c r="F33" s="0" t="s">
+        <v>35</v>
       </c>
       <c r="G33" s="0" t="s">
-        <v>68</v>
+        <v>36</v>
+      </c>
+      <c r="H33" s="0" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="3">
-        <v>45974.8645833333</v>
+        <v>45972.875</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>83</v>
+        <v>141</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>10</v>
+        <v>142</v>
       </c>
       <c r="E34" s="0" t="s">
-        <v>101</v>
+        <v>151</v>
+      </c>
+      <c r="F34" s="0" t="s">
+        <v>152</v>
       </c>
       <c r="G34" s="0" t="s">
-        <v>110</v>
+        <v>153</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="3">
-        <v>45975.8541666667</v>
+        <v>45973.8541666667</v>
       </c>
       <c r="B35" s="0" t="s">
+        <v>65</v>
+      </c>
+      <c r="C35" s="0" t="s">
+        <v>82</v>
+      </c>
+      <c r="D35" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="E35" s="0" t="s">
         <v>83</v>
       </c>
-      <c r="C35" s="0" t="s">
-[...6 lines deleted...]
-        <v>95</v>
+      <c r="F35" s="0" t="s">
+        <v>84</v>
       </c>
       <c r="G35" s="0" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="3">
-        <v>45976.7083333333</v>
+        <v>45974.8645833333</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>8</v>
+        <v>100</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>10</v>
+        <v>122</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
       <c r="E36" s="0" t="s">
-        <v>16</v>
+        <v>123</v>
+      </c>
+      <c r="F36" s="0" t="s">
+        <v>134</v>
       </c>
       <c r="G36" s="0" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>30</v>
+        <v>135</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="3">
-        <v>45977.4583333333</v>
+        <v>45975.8541666667</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>147</v>
+        <v>100</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>10</v>
+        <v>113</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>155</v>
+        <v>10</v>
       </c>
       <c r="E37" s="0" t="s">
-        <v>64</v>
+        <v>114</v>
+      </c>
+      <c r="F37" s="0" t="s">
+        <v>115</v>
+      </c>
+      <c r="G37" s="0" t="s">
+        <v>106</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="3">
-        <v>45977.5625</v>
+        <v>45976.4166666667</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>136</v>
+        <v>180</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>130</v>
+        <v>190</v>
       </c>
       <c r="E38" s="0" t="s">
-        <v>64</v>
+        <v>79</v>
+      </c>
+      <c r="F38" s="0" t="s">
+        <v>191</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="3">
-        <v>45978.7916666667</v>
+        <v>45976.5833333333</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>136</v>
+        <v>166</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>96</v>
+        <v>10</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>10</v>
+        <v>160</v>
       </c>
       <c r="E39" s="0" t="s">
-        <v>107</v>
+        <v>79</v>
+      </c>
+      <c r="F39" s="0" t="s">
+        <v>175</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="3">
-        <v>45978.84375</v>
+        <v>45976.7083333333</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>115</v>
+        <v>8</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>125</v>
+        <v>10</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>116</v>
+        <v>38</v>
       </c>
       <c r="E40" s="0" t="s">
-        <v>126</v>
+        <v>16</v>
+      </c>
+      <c r="F40" s="0" t="s">
+        <v>39</v>
       </c>
       <c r="G40" s="0" t="s">
-        <v>127</v>
+        <v>36</v>
+      </c>
+      <c r="H40" s="0" t="s">
+        <v>23</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="3">
-        <v>45981.8541666667</v>
+        <v>45978.7916666667</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>51</v>
+        <v>166</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>69</v>
+        <v>116</v>
       </c>
       <c r="D41" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E41" s="0" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-        <v>71</v>
+        <v>130</v>
+      </c>
+      <c r="F41" s="0" t="s">
+        <v>176</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="3">
-        <v>45982.8541666667</v>
+        <v>45978.84375</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>83</v>
+        <v>141</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>10</v>
+        <v>154</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>90</v>
+        <v>142</v>
       </c>
       <c r="E42" s="0" t="s">
-        <v>64</v>
+        <v>155</v>
+      </c>
+      <c r="F42" s="0" t="s">
+        <v>156</v>
       </c>
       <c r="G42" s="0" t="s">
-        <v>111</v>
+        <v>157</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="3">
-        <v>45983.4166666667</v>
+        <v>45981.8541666667</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>147</v>
+        <v>65</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>10</v>
+        <v>86</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>148</v>
+        <v>10</v>
       </c>
       <c r="E43" s="0" t="s">
-        <v>120</v>
+        <v>87</v>
+      </c>
+      <c r="F43" s="0" t="s">
+        <v>88</v>
+      </c>
+      <c r="G43" s="0" t="s">
+        <v>89</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="3">
-        <v>45983.5833333333</v>
+        <v>45982.8541666667</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>83</v>
+        <v>100</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>96</v>
+        <v>107</v>
       </c>
       <c r="E44" s="0" t="s">
-        <v>64</v>
+        <v>79</v>
+      </c>
+      <c r="F44" s="0" t="s">
+        <v>136</v>
       </c>
       <c r="G44" s="0" t="s">
-        <v>97</v>
+        <v>137</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="3">
-        <v>45983.7083333333</v>
+        <v>45983.4166666667</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>8</v>
+        <v>180</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>31</v>
+        <v>181</v>
       </c>
       <c r="E45" s="0" t="s">
-        <v>16</v>
-[...5 lines deleted...]
-        <v>27</v>
+        <v>147</v>
+      </c>
+      <c r="F45" s="0" t="s">
+        <v>192</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="3">
-        <v>45988.8645833333</v>
+        <v>45983.5833333333</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>83</v>
+        <v>100</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>98</v>
+        <v>10</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>10</v>
+        <v>116</v>
       </c>
       <c r="E46" s="0" t="s">
-        <v>99</v>
+        <v>79</v>
+      </c>
+      <c r="F46" s="0" t="s">
+        <v>117</v>
       </c>
       <c r="G46" s="0" t="s">
-        <v>78</v>
+        <v>118</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="3">
-        <v>45989.7708333333</v>
+        <v>45983.7083333333</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>147</v>
+        <v>8</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>150</v>
+        <v>10</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>10</v>
+        <v>40</v>
       </c>
       <c r="E47" s="0" t="s">
-        <v>67</v>
+        <v>16</v>
+      </c>
+      <c r="F47" s="0" t="s">
+        <v>41</v>
+      </c>
+      <c r="G47" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="H47" s="0" t="s">
+        <v>36</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="3">
-        <v>45989.8541666667</v>
+        <v>45987.8125</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>115</v>
+        <v>25</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>116</v>
+        <v>10</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>128</v>
+        <v>43</v>
       </c>
       <c r="E48" s="0" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="G48" s="0" t="s">
-        <v>129</v>
+        <v>44</v>
+      </c>
+      <c r="H48" s="0" t="s">
+        <v>45</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="3">
-        <v>45990.5833333333</v>
+        <v>45988.8645833333</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>51</v>
+        <v>100</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>10</v>
+        <v>119</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>72</v>
+        <v>10</v>
       </c>
       <c r="E49" s="0" t="s">
-        <v>64</v>
+        <v>120</v>
+      </c>
+      <c r="F49" s="0" t="s">
+        <v>121</v>
       </c>
       <c r="G49" s="0" t="s">
-        <v>73</v>
+        <v>96</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="3">
-        <v>45990.625</v>
+        <v>45989.7708333333</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>136</v>
+        <v>180</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>103</v>
+        <v>183</v>
       </c>
       <c r="D50" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E50" s="0" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="3">
-        <v>45990.7083333333</v>
+        <v>45989.8541666667</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>8</v>
+        <v>141</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>10</v>
+        <v>142</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>33</v>
+        <v>158</v>
       </c>
       <c r="E51" s="0" t="s">
-        <v>16</v>
+        <v>79</v>
       </c>
       <c r="G51" s="0" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>159</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="3">
-        <v>45990.75</v>
+        <v>45990.5833333333</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>83</v>
+        <v>65</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>94</v>
+        <v>10</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>10</v>
+        <v>90</v>
       </c>
       <c r="E52" s="0" t="s">
-        <v>95</v>
+        <v>79</v>
       </c>
       <c r="G52" s="0" t="s">
-        <v>112</v>
+        <v>91</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="3">
-        <v>45996.8541666667</v>
+        <v>45990.625</v>
       </c>
       <c r="B53" s="0" t="s">
+        <v>166</v>
+      </c>
+      <c r="C53" s="0" t="s">
+        <v>125</v>
+      </c>
+      <c r="D53" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="E53" s="0" t="s">
         <v>83</v>
-      </c>
-[...10 lines deleted...]
-        <v>89</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="3">
-        <v>45996.8541666667</v>
+        <v>45990.7083333333</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>115</v>
+        <v>8</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>116</v>
+        <v>10</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>130</v>
+        <v>46</v>
       </c>
       <c r="E54" s="0" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="G54" s="0" t="s">
-        <v>131</v>
+        <v>47</v>
+      </c>
+      <c r="H54" s="0" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="3">
-        <v>45997.4166666667</v>
+        <v>45990.75</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>136</v>
+        <v>100</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>10</v>
+        <v>113</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>60</v>
+        <v>10</v>
       </c>
       <c r="E55" s="0" t="s">
-        <v>64</v>
+        <v>114</v>
+      </c>
+      <c r="G55" s="0" t="s">
+        <v>138</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="3">
-        <v>45997.7291666667</v>
+        <v>45994.75</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>51</v>
+        <v>25</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>10</v>
+        <v>43</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>74</v>
+        <v>10</v>
       </c>
       <c r="E56" s="0" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-        <v>75</v>
+        <v>48</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="3">
-        <v>45998.4270833333</v>
+        <v>45996.8541666667</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>147</v>
+        <v>100</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>90</v>
+        <v>103</v>
       </c>
       <c r="D57" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E57" s="0" t="s">
-        <v>105</v>
+        <v>104</v>
+      </c>
+      <c r="G57" s="0" t="s">
+        <v>106</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="3">
-        <v>45998.5833333333</v>
+        <v>45996.8541666667</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>83</v>
+        <v>141</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>100</v>
+        <v>142</v>
       </c>
       <c r="D58" s="0" t="s">
-        <v>10</v>
+        <v>160</v>
       </c>
       <c r="E58" s="0" t="s">
-        <v>101</v>
+        <v>79</v>
       </c>
       <c r="G58" s="0" t="s">
-        <v>102</v>
+        <v>161</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="3">
-        <v>45998.7291666667</v>
+        <v>45997.4166666667</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>8</v>
+        <v>166</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>10</v>
+        <v>74</v>
       </c>
       <c r="E59" s="0" t="s">
-        <v>36</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>79</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="3">
-        <v>46001.8645833333</v>
+        <v>45997.7291666667</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>83</v>
+        <v>65</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="E60" s="0" t="s">
-        <v>64</v>
+        <v>79</v>
       </c>
       <c r="G60" s="0" t="s">
-        <v>113</v>
+        <v>93</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="3">
-        <v>46002.8541666667</v>
+        <v>45998.4270833333</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>51</v>
+        <v>180</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>76</v>
+        <v>107</v>
       </c>
       <c r="D61" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E61" s="0" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-        <v>78</v>
+        <v>128</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="3">
-        <v>46003.8541666667</v>
+        <v>45998.5833333333</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>136</v>
+        <v>100</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>10</v>
+        <v>122</v>
       </c>
       <c r="D62" s="0" t="s">
-        <v>72</v>
+        <v>10</v>
       </c>
       <c r="E62" s="0" t="s">
-        <v>144</v>
+        <v>123</v>
+      </c>
+      <c r="G62" s="0" t="s">
+        <v>124</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="3">
-        <v>46004.4166666667</v>
+        <v>45998.7291666667</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>147</v>
+        <v>8</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>10</v>
+        <v>49</v>
       </c>
       <c r="D63" s="0" t="s">
-        <v>140</v>
+        <v>10</v>
       </c>
       <c r="E63" s="0" t="s">
-        <v>120</v>
+        <v>50</v>
+      </c>
+      <c r="G63" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="H63" s="0" t="s">
+        <v>52</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="3">
-        <v>46004.5833333333</v>
+        <v>46001.8645833333</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>83</v>
+        <v>100</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D64" s="0" t="s">
-        <v>103</v>
+        <v>116</v>
       </c>
       <c r="E64" s="0" t="s">
-        <v>64</v>
+        <v>79</v>
       </c>
       <c r="G64" s="0" t="s">
-        <v>73</v>
+        <v>139</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="3">
-        <v>46004.7083333333</v>
+        <v>46002.8541666667</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>8</v>
+        <v>65</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>10</v>
+        <v>94</v>
       </c>
       <c r="D65" s="0" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="E65" s="0" t="s">
-        <v>16</v>
+        <v>95</v>
       </c>
       <c r="G65" s="0" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-        <v>40</v>
+        <v>96</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="3">
-        <v>46004.7083333333</v>
+        <v>46003.8541666667</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>115</v>
+        <v>166</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>52</v>
+        <v>10</v>
       </c>
       <c r="D66" s="0" t="s">
-        <v>116</v>
+        <v>90</v>
       </c>
       <c r="E66" s="0" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-        <v>132</v>
+        <v>177</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="3">
-        <v>46010.8541666667</v>
+        <v>46004.4166666667</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>83</v>
+        <v>180</v>
       </c>
       <c r="C67" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D67" s="0" t="s">
-        <v>10</v>
+        <v>170</v>
       </c>
       <c r="E67" s="0" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-        <v>104</v>
+        <v>147</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="3">
-        <v>46011.5625</v>
+        <v>46004.5833333333</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>147</v>
+        <v>100</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>74</v>
+        <v>10</v>
       </c>
       <c r="D68" s="0" t="s">
-        <v>10</v>
+        <v>125</v>
       </c>
       <c r="E68" s="0" t="s">
-        <v>138</v>
+        <v>79</v>
+      </c>
+      <c r="G68" s="0" t="s">
+        <v>126</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="3">
-        <v>46011.6875</v>
+        <v>46004.7083333333</v>
       </c>
       <c r="B69" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="D69" s="0" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="E69" s="0" t="s">
-        <v>41</v>
+        <v>16</v>
       </c>
       <c r="G69" s="0" t="s">
-        <v>42</v>
+        <v>53</v>
       </c>
       <c r="H69" s="0" t="s">
-        <v>43</v>
+        <v>24</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="3">
-        <v>46011.7083333333</v>
+        <v>46007.8645833333</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>51</v>
+        <v>141</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>10</v>
+        <v>66</v>
       </c>
       <c r="D70" s="0" t="s">
-        <v>52</v>
+        <v>142</v>
       </c>
       <c r="E70" s="0" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="G70" s="0" t="s">
-        <v>79</v>
+        <v>162</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="3">
-        <v>46011.7083333333</v>
+        <v>46010.8541666667</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>136</v>
+        <v>100</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D71" s="0" t="s">
-        <v>52</v>
+        <v>10</v>
       </c>
       <c r="E71" s="0" t="s">
-        <v>64</v>
+        <v>79</v>
+      </c>
+      <c r="G71" s="0" t="s">
+        <v>127</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="3">
-        <v>46025.7083333333</v>
+        <v>46011.5625</v>
       </c>
       <c r="B72" s="0" t="s">
-        <v>8</v>
+        <v>180</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>10</v>
+        <v>92</v>
       </c>
       <c r="D72" s="0" t="s">
-        <v>19</v>
+        <v>10</v>
       </c>
       <c r="E72" s="0" t="s">
-        <v>16</v>
+        <v>168</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="3">
-        <v>46029.8125</v>
+        <v>46011.6875</v>
       </c>
       <c r="B73" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="D73" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E73" s="0" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="G73" s="0" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="H73" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="3">
-        <v>46032.4375</v>
+        <v>46011.7083333333</v>
       </c>
       <c r="B74" s="0" t="s">
-        <v>147</v>
+        <v>65</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D74" s="0" t="s">
-        <v>69</v>
+        <v>66</v>
       </c>
       <c r="E74" s="0" t="s">
-        <v>120</v>
+        <v>79</v>
+      </c>
+      <c r="G74" s="0" t="s">
+        <v>91</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="3">
-        <v>46033.5833333333</v>
+        <v>46011.7083333333</v>
       </c>
       <c r="B75" s="0" t="s">
-        <v>136</v>
+        <v>166</v>
       </c>
       <c r="C75" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D75" s="0" t="s">
-        <v>74</v>
+        <v>66</v>
       </c>
       <c r="E75" s="0" t="s">
-        <v>64</v>
+        <v>79</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="3">
-        <v>46035.84375</v>
+        <v>46025.7083333333</v>
       </c>
       <c r="B76" s="0" t="s">
-        <v>83</v>
+        <v>8</v>
       </c>
       <c r="C76" s="0" t="s">
-        <v>98</v>
+        <v>10</v>
       </c>
       <c r="D76" s="0" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="E76" s="0" t="s">
-        <v>99</v>
+        <v>16</v>
+      </c>
+      <c r="G76" s="0" t="s">
+        <v>56</v>
+      </c>
+      <c r="H76" s="0" t="s">
+        <v>57</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="3">
-        <v>46036.8333333333</v>
+        <v>46029.8125</v>
       </c>
       <c r="B77" s="0" t="s">
-        <v>115</v>
+        <v>8</v>
       </c>
       <c r="C77" s="0" t="s">
-        <v>117</v>
+        <v>28</v>
       </c>
       <c r="D77" s="0" t="s">
-        <v>116</v>
+        <v>10</v>
       </c>
       <c r="E77" s="0" t="s">
-        <v>133</v>
+        <v>58</v>
+      </c>
+      <c r="G77" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="H77" s="0" t="s">
+        <v>52</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="3">
-        <v>46038.7916666667</v>
+        <v>46032.4375</v>
       </c>
       <c r="B78" s="0" t="s">
-        <v>136</v>
+        <v>180</v>
       </c>
       <c r="C78" s="0" t="s">
-        <v>140</v>
+        <v>10</v>
       </c>
       <c r="D78" s="0" t="s">
-        <v>10</v>
+        <v>86</v>
       </c>
       <c r="E78" s="0" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="3">
-        <v>46038.8541666667</v>
+        <v>46033.5833333333</v>
       </c>
       <c r="B79" s="0" t="s">
-        <v>51</v>
+        <v>166</v>
       </c>
       <c r="C79" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D79" s="0" t="s">
-        <v>56</v>
+        <v>92</v>
       </c>
       <c r="E79" s="0" t="s">
-        <v>64</v>
+        <v>79</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="3">
-        <v>46039.4166666667</v>
+        <v>46035.84375</v>
       </c>
       <c r="B80" s="0" t="s">
-        <v>147</v>
+        <v>100</v>
       </c>
       <c r="C80" s="0" t="s">
-        <v>155</v>
+        <v>119</v>
       </c>
       <c r="D80" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E80" s="0" t="s">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="3">
-        <v>46040.5625</v>
+        <v>46036.8333333333</v>
       </c>
       <c r="B81" s="0" t="s">
-        <v>8</v>
+        <v>141</v>
       </c>
       <c r="C81" s="0" t="s">
-        <v>10</v>
+        <v>143</v>
       </c>
       <c r="D81" s="0" t="s">
-        <v>25</v>
+        <v>142</v>
       </c>
       <c r="E81" s="0" t="s">
-        <v>16</v>
+        <v>163</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="3">
-        <v>46040.6875</v>
+        <v>46038.7916666667</v>
       </c>
       <c r="B82" s="0" t="s">
-        <v>83</v>
+        <v>166</v>
       </c>
       <c r="C82" s="0" t="s">
-        <v>10</v>
+        <v>170</v>
       </c>
       <c r="D82" s="0" t="s">
-        <v>86</v>
+        <v>10</v>
       </c>
       <c r="E82" s="0" t="s">
-        <v>64</v>
+        <v>178</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="3">
-        <v>46042.8541666667</v>
+        <v>46038.8541666667</v>
       </c>
       <c r="B83" s="0" t="s">
-        <v>8</v>
+        <v>65</v>
       </c>
       <c r="C83" s="0" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
       <c r="D83" s="0" t="s">
-        <v>10</v>
+        <v>70</v>
       </c>
       <c r="E83" s="0" t="s">
-        <v>47</v>
-[...5 lines deleted...]
-        <v>46</v>
+        <v>79</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="3">
-        <v>46044.8645833333</v>
+        <v>46039.4166666667</v>
       </c>
       <c r="B84" s="0" t="s">
-        <v>83</v>
+        <v>180</v>
       </c>
       <c r="C84" s="0" t="s">
-        <v>90</v>
+        <v>190</v>
       </c>
       <c r="D84" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E84" s="0" t="s">
-        <v>105</v>
+        <v>97</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="3">
-        <v>46046.4375</v>
+        <v>46040.5625</v>
       </c>
       <c r="B85" s="0" t="s">
-        <v>136</v>
+        <v>8</v>
       </c>
       <c r="C85" s="0" t="s">
-        <v>142</v>
+        <v>10</v>
       </c>
       <c r="D85" s="0" t="s">
-        <v>10</v>
+        <v>33</v>
       </c>
       <c r="E85" s="0" t="s">
-        <v>87</v>
+        <v>16</v>
+      </c>
+      <c r="G85" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="H85" s="0" t="s">
+        <v>36</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="3">
-        <v>46046.625</v>
+        <v>46040.6875</v>
       </c>
       <c r="B86" s="0" t="s">
-        <v>83</v>
+        <v>100</v>
       </c>
       <c r="C86" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D86" s="0" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
       <c r="E86" s="0" t="s">
-        <v>64</v>
+        <v>79</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="3">
-        <v>46046.7291666667</v>
+        <v>46042.8541666667</v>
       </c>
       <c r="B87" s="0" t="s">
-        <v>51</v>
+        <v>8</v>
       </c>
       <c r="C87" s="0" t="s">
-        <v>10</v>
+        <v>38</v>
       </c>
       <c r="D87" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="E87" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="G87" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="H87" s="0" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="3">
-        <v>46046.7291666667</v>
+        <v>46044.8645833333</v>
       </c>
       <c r="B88" s="0" t="s">
-        <v>115</v>
+        <v>100</v>
       </c>
       <c r="C88" s="0" t="s">
-        <v>116</v>
+        <v>107</v>
       </c>
       <c r="D88" s="0" t="s">
-        <v>96</v>
+        <v>10</v>
       </c>
       <c r="E88" s="0" t="s">
-        <v>64</v>
+        <v>128</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="3">
-        <v>46048.875</v>
+        <v>46046.4375</v>
       </c>
       <c r="B89" s="0" t="s">
-        <v>83</v>
+        <v>166</v>
       </c>
       <c r="C89" s="0" t="s">
-        <v>103</v>
+        <v>172</v>
       </c>
       <c r="D89" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E89" s="0" t="s">
-        <v>114</v>
+        <v>104</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="3">
-        <v>46052.8541666667</v>
+        <v>46046.625</v>
       </c>
       <c r="B90" s="0" t="s">
-        <v>51</v>
+        <v>100</v>
       </c>
       <c r="C90" s="0" t="s">
-        <v>63</v>
+        <v>10</v>
       </c>
       <c r="D90" s="0" t="s">
-        <v>10</v>
+        <v>110</v>
       </c>
       <c r="E90" s="0" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="3">
-        <v>46053.5625</v>
+        <v>46046.7291666667</v>
       </c>
       <c r="B91" s="0" t="s">
-        <v>83</v>
+        <v>65</v>
       </c>
       <c r="C91" s="0" t="s">
-        <v>92</v>
+        <v>10</v>
       </c>
       <c r="D91" s="0" t="s">
-        <v>10</v>
+        <v>74</v>
       </c>
       <c r="E91" s="0" t="s">
-        <v>106</v>
+        <v>79</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="3">
-        <v>46053.625</v>
+        <v>46046.7291666667</v>
       </c>
       <c r="B92" s="0" t="s">
-        <v>115</v>
+        <v>141</v>
       </c>
       <c r="C92" s="0" t="s">
-        <v>72</v>
+        <v>142</v>
       </c>
       <c r="D92" s="0" t="s">
         <v>116</v>
       </c>
       <c r="E92" s="0" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="3">
-        <v>46053.75</v>
+        <v>46048.875</v>
       </c>
       <c r="B93" s="0" t="s">
-        <v>8</v>
+        <v>100</v>
       </c>
       <c r="C93" s="0" t="s">
-        <v>31</v>
+        <v>125</v>
       </c>
       <c r="D93" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E93" s="0" t="s">
-        <v>49</v>
+        <v>140</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="3">
-        <v>46057.8645833333</v>
+        <v>46052.8541666667</v>
       </c>
       <c r="B94" s="0" t="s">
-        <v>83</v>
+        <v>65</v>
       </c>
       <c r="C94" s="0" t="s">
-        <v>10</v>
+        <v>78</v>
       </c>
       <c r="D94" s="0" t="s">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="E94" s="0" t="s">
-        <v>64</v>
+        <v>97</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="3">
-        <v>46058.8333333333</v>
+        <v>46053.5625</v>
       </c>
       <c r="B95" s="0" t="s">
-        <v>8</v>
+        <v>100</v>
       </c>
       <c r="C95" s="0" t="s">
-        <v>33</v>
+        <v>110</v>
       </c>
       <c r="D95" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E95" s="0" t="s">
-        <v>50</v>
+        <v>129</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="3">
-        <v>46059.8541666667</v>
+        <v>46053.625</v>
       </c>
       <c r="B96" s="0" t="s">
-        <v>115</v>
+        <v>141</v>
       </c>
       <c r="C96" s="0" t="s">
-        <v>116</v>
+        <v>90</v>
       </c>
       <c r="D96" s="0" t="s">
-        <v>122</v>
+        <v>142</v>
       </c>
       <c r="E96" s="0" t="s">
-        <v>64</v>
+        <v>98</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="3">
-        <v>46060.625</v>
+        <v>46053.75</v>
       </c>
       <c r="B97" s="0" t="s">
-        <v>83</v>
+        <v>8</v>
       </c>
       <c r="C97" s="0" t="s">
-        <v>10</v>
+        <v>40</v>
       </c>
       <c r="D97" s="0" t="s">
-        <v>94</v>
+        <v>10</v>
       </c>
       <c r="E97" s="0" t="s">
-        <v>64</v>
+        <v>61</v>
+      </c>
+      <c r="G97" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="H97" s="0" t="s">
+        <v>63</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="3">
-        <v>46060.7291666667</v>
+        <v>46057.8645833333</v>
       </c>
       <c r="B98" s="0" t="s">
-        <v>136</v>
+        <v>100</v>
       </c>
       <c r="C98" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D98" s="0" t="s">
-        <v>63</v>
+        <v>122</v>
       </c>
       <c r="E98" s="0" t="s">
-        <v>64</v>
+        <v>79</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="3">
-        <v>46060.7291666667</v>
+        <v>46058.8333333333</v>
       </c>
       <c r="B99" s="0" t="s">
-        <v>51</v>
+        <v>8</v>
       </c>
       <c r="C99" s="0" t="s">
-        <v>10</v>
+        <v>46</v>
       </c>
       <c r="D99" s="0" t="s">
-        <v>66</v>
+        <v>10</v>
       </c>
       <c r="E99" s="0" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="3">
-        <v>46064.8645833333</v>
+        <v>46059.8541666667</v>
       </c>
       <c r="B100" s="0" t="s">
-        <v>83</v>
+        <v>141</v>
       </c>
       <c r="C100" s="0" t="s">
-        <v>90</v>
+        <v>142</v>
       </c>
       <c r="D100" s="0" t="s">
-        <v>10</v>
+        <v>150</v>
       </c>
       <c r="E100" s="0" t="s">
-        <v>105</v>
+        <v>79</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="3">
-        <v>46066.8125</v>
+        <v>46060.625</v>
       </c>
       <c r="B101" s="0" t="s">
-        <v>136</v>
+        <v>100</v>
       </c>
       <c r="C101" s="0" t="s">
-        <v>130</v>
+        <v>10</v>
       </c>
       <c r="D101" s="0" t="s">
-        <v>10</v>
+        <v>113</v>
       </c>
       <c r="E101" s="0" t="s">
-        <v>135</v>
+        <v>79</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="3">
-        <v>46066.8541666667</v>
+        <v>46060.7291666667</v>
       </c>
       <c r="B102" s="0" t="s">
-        <v>115</v>
+        <v>166</v>
       </c>
       <c r="C102" s="0" t="s">
-        <v>116</v>
+        <v>10</v>
       </c>
       <c r="D102" s="0" t="s">
-        <v>125</v>
+        <v>78</v>
       </c>
       <c r="E102" s="0" t="s">
-        <v>64</v>
+        <v>79</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="3">
-        <v>46067.5833333333</v>
+        <v>46060.7291666667</v>
       </c>
       <c r="B103" s="0" t="s">
-        <v>51</v>
+        <v>65</v>
       </c>
       <c r="C103" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D103" s="0" t="s">
-        <v>69</v>
+        <v>82</v>
       </c>
       <c r="E103" s="0" t="s">
-        <v>64</v>
+        <v>79</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="3">
-        <v>46067.6666666667</v>
+        <v>46064.8645833333</v>
       </c>
       <c r="B104" s="0" t="s">
-        <v>83</v>
+        <v>100</v>
       </c>
       <c r="C104" s="0" t="s">
-        <v>96</v>
+        <v>107</v>
       </c>
       <c r="D104" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E104" s="0" t="s">
-        <v>107</v>
+        <v>128</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="3">
-        <v>46067.7291666667</v>
+        <v>46066.8125</v>
       </c>
       <c r="B105" s="0" t="s">
-        <v>8</v>
+        <v>166</v>
       </c>
       <c r="C105" s="0" t="s">
-        <v>10</v>
+        <v>160</v>
       </c>
       <c r="D105" s="0" t="s">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c r="E105" s="0" t="s">
-        <v>16</v>
+        <v>165</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="3">
-        <v>46075.5625</v>
+        <v>46066.8541666667</v>
       </c>
       <c r="B106" s="0" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="C106" s="0" t="s">
-        <v>10</v>
+        <v>142</v>
       </c>
       <c r="D106" s="0" t="s">
-        <v>96</v>
+        <v>154</v>
       </c>
       <c r="E106" s="0" t="s">
-        <v>64</v>
+        <v>79</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="3">
-        <v>46078.8541666667</v>
+        <v>46067.5833333333</v>
       </c>
       <c r="B107" s="0" t="s">
-        <v>115</v>
+        <v>65</v>
       </c>
       <c r="C107" s="0" t="s">
-        <v>128</v>
+        <v>10</v>
       </c>
       <c r="D107" s="0" t="s">
-        <v>116</v>
+        <v>86</v>
       </c>
       <c r="E107" s="0" t="s">
-        <v>134</v>
+        <v>79</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="3">
-        <v>46080.8541666667</v>
+        <v>46067.6666666667</v>
       </c>
       <c r="B108" s="0" t="s">
-        <v>83</v>
+        <v>100</v>
       </c>
       <c r="C108" s="0" t="s">
-        <v>10</v>
+        <v>116</v>
       </c>
       <c r="D108" s="0" t="s">
-        <v>94</v>
+        <v>10</v>
       </c>
       <c r="E108" s="0" t="s">
-        <v>64</v>
+        <v>130</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="3">
-        <v>46081.4375</v>
+        <v>46067.7291666667</v>
       </c>
       <c r="B109" s="0" t="s">
-        <v>136</v>
+        <v>8</v>
       </c>
       <c r="C109" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D109" s="0" t="s">
-        <v>103</v>
+        <v>49</v>
       </c>
       <c r="E109" s="0" t="s">
-        <v>120</v>
+        <v>16</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="3">
-        <v>46081.5833333333</v>
+        <v>46075.5625</v>
       </c>
       <c r="B110" s="0" t="s">
-        <v>83</v>
+        <v>166</v>
       </c>
       <c r="C110" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D110" s="0" t="s">
-        <v>98</v>
+        <v>116</v>
       </c>
       <c r="E110" s="0" t="s">
-        <v>64</v>
+        <v>79</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="3">
-        <v>46081.75</v>
+        <v>46078.8541666667</v>
       </c>
       <c r="B111" s="0" t="s">
-        <v>51</v>
+        <v>141</v>
       </c>
       <c r="C111" s="0" t="s">
-        <v>72</v>
+        <v>158</v>
       </c>
       <c r="D111" s="0" t="s">
-        <v>10</v>
+        <v>142</v>
       </c>
       <c r="E111" s="0" t="s">
-        <v>81</v>
+        <v>164</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="3">
-        <v>46086.8645833333</v>
+        <v>46080.8541666667</v>
       </c>
       <c r="B112" s="0" t="s">
-        <v>51</v>
+        <v>100</v>
       </c>
       <c r="C112" s="0" t="s">
-        <v>74</v>
+        <v>10</v>
       </c>
       <c r="D112" s="0" t="s">
-        <v>10</v>
+        <v>113</v>
       </c>
       <c r="E112" s="0" t="s">
-        <v>82</v>
+        <v>79</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="3">
-        <v>46087.8541666667</v>
+        <v>46081.4375</v>
       </c>
       <c r="B113" s="0" t="s">
-        <v>83</v>
+        <v>166</v>
       </c>
       <c r="C113" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D113" s="0" t="s">
-        <v>86</v>
+        <v>125</v>
       </c>
       <c r="E113" s="0" t="s">
-        <v>64</v>
+        <v>147</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="3">
-        <v>46088.5833333333</v>
+        <v>46081.5833333333</v>
       </c>
       <c r="B114" s="0" t="s">
-        <v>83</v>
+        <v>100</v>
       </c>
       <c r="C114" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D114" s="0" t="s">
-        <v>100</v>
+        <v>119</v>
       </c>
       <c r="E114" s="0" t="s">
-        <v>64</v>
+        <v>79</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="3">
-        <v>46088.5833333333</v>
+        <v>46081.75</v>
       </c>
       <c r="B115" s="0" t="s">
-        <v>136</v>
+        <v>65</v>
       </c>
       <c r="C115" s="0" t="s">
-        <v>60</v>
+        <v>90</v>
       </c>
       <c r="D115" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E115" s="0" t="s">
-        <v>146</v>
+        <v>98</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="3">
-        <v>46088.6666666667</v>
+        <v>46086.8645833333</v>
       </c>
       <c r="B116" s="0" t="s">
-        <v>115</v>
+        <v>65</v>
       </c>
       <c r="C116" s="0" t="s">
-        <v>130</v>
+        <v>92</v>
       </c>
       <c r="D116" s="0" t="s">
-        <v>116</v>
+        <v>10</v>
       </c>
       <c r="E116" s="0" t="s">
-        <v>135</v>
+        <v>99</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="3">
-        <v>46094.8541666667</v>
+        <v>46087.8541666667</v>
       </c>
       <c r="B117" s="0" t="s">
-        <v>115</v>
+        <v>100</v>
       </c>
       <c r="C117" s="0" t="s">
-        <v>116</v>
+        <v>10</v>
       </c>
       <c r="D117" s="0" t="s">
-        <v>52</v>
+        <v>103</v>
       </c>
       <c r="E117" s="0" t="s">
-        <v>64</v>
+        <v>79</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="3">
-        <v>46095.5833333333</v>
+        <v>46088.5833333333</v>
       </c>
       <c r="B118" s="0" t="s">
-        <v>51</v>
+        <v>100</v>
       </c>
       <c r="C118" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D118" s="0" t="s">
-        <v>76</v>
+        <v>122</v>
       </c>
       <c r="E118" s="0" t="s">
-        <v>64</v>
+        <v>79</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="3">
-        <v>46095.5833333333</v>
+        <v>46088.5833333333</v>
       </c>
       <c r="B119" s="0" t="s">
-        <v>136</v>
+        <v>166</v>
       </c>
       <c r="C119" s="0" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="D119" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E119" s="0" t="s">
-        <v>81</v>
+        <v>179</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="3">
-        <v>46095.6666666667</v>
+        <v>46088.6666666667</v>
       </c>
       <c r="B120" s="0" t="s">
-        <v>83</v>
+        <v>141</v>
       </c>
       <c r="C120" s="0" t="s">
-        <v>96</v>
+        <v>160</v>
       </c>
       <c r="D120" s="0" t="s">
-        <v>10</v>
+        <v>142</v>
       </c>
       <c r="E120" s="0" t="s">
-        <v>107</v>
+        <v>165</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="3">
+        <v>46089.5833333333</v>
+      </c>
+      <c r="B121" s="0" t="s">
+        <v>65</v>
+      </c>
+      <c r="C121" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="D121" s="0" t="s">
+        <v>94</v>
+      </c>
+      <c r="E121" s="0" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="122">
+      <c r="A122" s="3">
+        <v>46094.8541666667</v>
+      </c>
+      <c r="B122" s="0" t="s">
+        <v>141</v>
+      </c>
+      <c r="C122" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="D122" s="0" t="s">
+        <v>66</v>
+      </c>
+      <c r="E122" s="0" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="123">
+      <c r="A123" s="3">
+        <v>46095.5833333333</v>
+      </c>
+      <c r="B123" s="0" t="s">
+        <v>166</v>
+      </c>
+      <c r="C123" s="0" t="s">
+        <v>90</v>
+      </c>
+      <c r="D123" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="E123" s="0" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="124">
+      <c r="A124" s="3">
+        <v>46095.6666666667</v>
+      </c>
+      <c r="B124" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="C124" s="0" t="s">
+        <v>116</v>
+      </c>
+      <c r="D124" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="E124" s="0" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="125">
+      <c r="A125" s="3">
         <v>46095.7083333333</v>
       </c>
-      <c r="B121" s="0" t="s">
+      <c r="B125" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="C125" s="0" t="s">
+        <v>125</v>
+      </c>
+      <c r="D125" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="E125" s="0" t="s">
         <v>83</v>
-      </c>
-[...7 lines deleted...]
-        <v>67</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>