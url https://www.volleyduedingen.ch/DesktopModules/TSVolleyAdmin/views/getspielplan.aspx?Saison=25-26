--- v1 (2025-11-28)
+++ v2 (2026-01-12)
@@ -1,68 +1,76 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet11.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet12.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="NLA - Power Cats" sheetId="1" r:id="rId1"/>
     <sheet name="3. Liga Damen  PRO" sheetId="2" r:id="rId3"/>
     <sheet name="3.Liga Damen  A" sheetId="3" r:id="rId4"/>
     <sheet name="3.Liga Damen  B" sheetId="4" r:id="rId5"/>
     <sheet name="4.Liga Damen " sheetId="5" r:id="rId6"/>
     <sheet name="U20" sheetId="6" r:id="rId7"/>
     <sheet name="U18" sheetId="7" r:id="rId8"/>
-    <sheet name="Gesamter Spielplan" sheetId="8" r:id="rId9"/>
+    <sheet name="U16" sheetId="8" r:id="rId9"/>
+    <sheet name="U14" sheetId="9" r:id="rId10"/>
+    <sheet name="Kids" sheetId="10" r:id="rId11"/>
+    <sheet name="Herren 1" sheetId="11" r:id="rId12"/>
+    <sheet name="Gesamter Spielplan" sheetId="12" r:id="rId13"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="193" uniqueCount="193">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="241" uniqueCount="241">
   <si>
     <t>Datum</t>
   </si>
   <si>
     <t>Liga</t>
   </si>
   <si>
     <t>Heim</t>
   </si>
   <si>
     <t>Gast</t>
   </si>
   <si>
     <t>Ort</t>
   </si>
   <si>
     <t>Resultat</t>
   </si>
   <si>
     <t>Schiri1</t>
   </si>
   <si>
     <t>Schiri2</t>
   </si>
   <si>
@@ -150,498 +158,642 @@
     <t>0:3 (12:25;20:25;16:25)</t>
   </si>
   <si>
     <t>Thierry Mordasini</t>
   </si>
   <si>
     <t>Luca Canepa</t>
   </si>
   <si>
     <t>NLZ Academy</t>
   </si>
   <si>
     <t>3:0 (25:15;25:21;25:18)</t>
   </si>
   <si>
     <t>Volley Lugano</t>
   </si>
   <si>
     <t>3:0 (25:17;25:23;25:19)</t>
   </si>
   <si>
     <t>Cédric Grellier</t>
   </si>
   <si>
     <t>Panathinaikos Athens</t>
+  </si>
+  <si>
+    <t>0:3 (20:25;19:25;21:25)</t>
   </si>
   <si>
     <t>Stefano NAVA (ITA)</t>
   </si>
   <si>
     <t>Toni IVKOVIC
  (CRO)</t>
   </si>
   <si>
     <t>VFM</t>
   </si>
   <si>
+    <t>3:1 (25:20;22:25;25:18;25:20)</t>
+  </si>
+  <si>
     <t>Senad Dzankovic</t>
   </si>
   <si>
     <t>P. Gazgas Competition Hall ATHENS</t>
   </si>
   <si>
+    <t>3:0 (25:16;25:13;25:14)</t>
+  </si>
+  <si>
     <t>Viteos NUC</t>
   </si>
   <si>
     <t>Riveraine, Neuchâtel</t>
   </si>
   <si>
+    <t>3:0 (29:27;25:14;25:16)</t>
+  </si>
+  <si>
     <t>Nadine Hefti</t>
   </si>
   <si>
     <t>Matthias Wüthrich</t>
   </si>
   <si>
+    <t>3:0 (25:12;25:22;25:16)</t>
+  </si>
+  <si>
     <t>Andy Sigrist</t>
   </si>
   <si>
     <t>BBC-Arena, Schaffhausen</t>
   </si>
   <si>
+    <t>3:1 (25:13;25:20;30:32;25:15)</t>
+  </si>
+  <si>
     <t>Laura Rüegg</t>
   </si>
   <si>
+    <t>3:0 (25:22;25:22;25:21)</t>
+  </si>
+  <si>
     <t>Francisco Droguett</t>
   </si>
   <si>
     <t>Mischa Stalder</t>
   </si>
   <si>
     <t>Löhrenacker, Aesch</t>
   </si>
   <si>
+    <t>3:1 (26:28;25:19;31:29;25:10)</t>
+  </si>
+  <si>
+    <t>Christian Schemeth</t>
+  </si>
+  <si>
+    <t>Schweizercup Damen</t>
+  </si>
+  <si>
+    <t>Leimacker, Düdingen</t>
+  </si>
+  <si>
     <t>Ruebisbach, Kloten</t>
   </si>
   <si>
     <t>Matthias Becker</t>
   </si>
   <si>
     <t>Palestra Palamondo Cadempino, Cadempino</t>
   </si>
   <si>
     <t>Aleksander Sikanjic</t>
   </si>
   <si>
     <t>Thanh Ut Nguyen</t>
   </si>
   <si>
     <t>Maurice Lacroix, Saignelégier</t>
   </si>
   <si>
+    <t>Laurence Bortoluzzi</t>
+  </si>
+  <si>
+    <t>Corinne, Laure Chardonnens</t>
+  </si>
+  <si>
     <t>3Lpro</t>
   </si>
   <si>
     <t>VBC Ueberstorf</t>
   </si>
   <si>
     <t>MZH Ueberstorf, Ueberstorf</t>
   </si>
   <si>
     <t>0:3 (16:25;22:25;17:25)</t>
   </si>
   <si>
     <t>Victoria Maria Frances Kipfer</t>
   </si>
   <si>
     <t>CAP Volley B</t>
   </si>
   <si>
     <t>Salle polyvalente, Châtonnaye</t>
   </si>
   <si>
     <t>0:3 (15:25;20:25;20:25)</t>
   </si>
   <si>
     <t>Eliott Maillard</t>
   </si>
   <si>
     <t>VBC Fribourg</t>
   </si>
   <si>
     <t>Salle du Belluard A, Fribourg</t>
   </si>
   <si>
     <t>0:3 (24:26;22:25;23:25)</t>
   </si>
   <si>
     <t>Harry Schmidhäusler</t>
   </si>
   <si>
     <t>VBC Sense</t>
   </si>
   <si>
-    <t>Leimacker, Düdingen</t>
-[...1 lines deleted...]
-  <si>
     <t>3:2 (22:25;26:24;27:25;29:31;15:4)</t>
   </si>
   <si>
     <t>Natalie Zbinden</t>
   </si>
   <si>
     <t>Gibloux Volley B</t>
   </si>
   <si>
     <t>Pra Novi, Farvagny</t>
   </si>
   <si>
     <t>2:3 (25:23;17:25;20:25;25:22;14:16)</t>
   </si>
   <si>
     <t>Aurélien Glauser</t>
   </si>
   <si>
     <t>Volley Estavayer</t>
   </si>
   <si>
     <t>Amarante 1, Estavayer</t>
   </si>
   <si>
     <t>0:3 (15:25;14:25;7:25)</t>
   </si>
   <si>
     <t>Guilan Tosio</t>
   </si>
   <si>
     <t>VBC Schmitten</t>
   </si>
   <si>
+    <t>3:0 (25:14;25:22;25:20)</t>
+  </si>
+  <si>
     <t>Laura Cremona</t>
   </si>
   <si>
     <t>TV Murten Volleyball</t>
   </si>
   <si>
+    <t>3:1 (20:25;25:17;25:17;30:28)</t>
+  </si>
+  <si>
     <t>Frédéric Viéla</t>
   </si>
   <si>
     <t>Volley GraPa</t>
   </si>
   <si>
     <t>Les Rammes, Payerne</t>
   </si>
   <si>
+    <t>0:3 (13:25;18:25;14:25)</t>
+  </si>
+  <si>
     <t>Morgane Riou</t>
   </si>
   <si>
+    <t>3:0 (25:12;25:16;25:18)</t>
+  </si>
+  <si>
+    <t>Angélique Tornare</t>
+  </si>
+  <si>
+    <t>Jérémie Favre</t>
+  </si>
+  <si>
     <t>MZG 2, Alterswil</t>
   </si>
   <si>
+    <t>Julien Burnier</t>
+  </si>
+  <si>
+    <t>Amandine Givel</t>
+  </si>
+  <si>
     <t>Gwatt, Schmitten</t>
   </si>
   <si>
     <t>Bernstrasse, Murten</t>
   </si>
   <si>
+    <t>Jean-Bernard Coquoz</t>
+  </si>
+  <si>
+    <t>Jelena Schaller</t>
+  </si>
+  <si>
     <t>3L</t>
   </si>
   <si>
     <t>3:0 (25:15;25:17;25:11)</t>
   </si>
   <si>
     <t>Clara Sonino</t>
   </si>
   <si>
     <t>VBC Bulle B</t>
   </si>
   <si>
     <t>Condémine, Bulle</t>
   </si>
   <si>
     <t>0:3 (17:25;14:25;10:25)</t>
   </si>
   <si>
     <t>Joya Maria Maurer</t>
   </si>
   <si>
     <t>TSV Rechthalten</t>
   </si>
   <si>
     <t>3:2 (21:25;23:25;25:11;25:19;15:5)</t>
   </si>
   <si>
     <t>Cindy Loeffler</t>
   </si>
   <si>
     <t>TV Murten Volleyball B</t>
   </si>
   <si>
     <t>1:3 (21:25;19:25;31:29;16:25)</t>
   </si>
   <si>
-    <t>Angélique Tornare</t>
-[...1 lines deleted...]
-  <si>
     <t>VBC Belfaux B</t>
   </si>
   <si>
     <t>Halle des sports, Belfaux</t>
   </si>
   <si>
     <t>2:3 (23:25;27:25;25:17;19:25;9:15)</t>
   </si>
   <si>
     <t>VBC Kerzers</t>
   </si>
   <si>
     <t>3:1 (25:14;13:25;25:16;25:23)</t>
   </si>
   <si>
     <t>Celina Berthold</t>
   </si>
   <si>
     <t>VBC Chatel-st-Denis</t>
   </si>
   <si>
     <t>Lussy, Châtel-Saint-Denis</t>
   </si>
   <si>
     <t>3:0 (25:15;25:15;25:21)</t>
   </si>
   <si>
     <t>VBC Sense B</t>
   </si>
   <si>
     <t>Spielhalle OS, Tafers</t>
   </si>
   <si>
+    <t>0:3 (22:25;12:25;17:25)</t>
+  </si>
+  <si>
     <t>Basile Prime</t>
   </si>
   <si>
     <t>Gibloux Volley</t>
   </si>
   <si>
+    <t>2:3 (25:12;23:25;25:7;26:28;13:15)</t>
+  </si>
+  <si>
     <t>Trong Nhon Vo</t>
   </si>
   <si>
-    <t>Amandine Givel</t>
+    <t>1:3 (26:24;25:27;11:25;16:25)</t>
+  </si>
+  <si>
+    <t>Dajana Tschannen</t>
   </si>
   <si>
     <t>Turnhalle, Rechthalten</t>
   </si>
   <si>
+    <t>Karin Flühmann</t>
+  </si>
+  <si>
     <t>Prehl , Murten</t>
   </si>
   <si>
+    <t>Sofija Elena Elek</t>
+  </si>
+  <si>
+    <t>Livia Zbinden</t>
+  </si>
+  <si>
     <t>Schmittengässli, Kerzers</t>
   </si>
   <si>
     <t>0:3 (8:25;21:25;10:25)</t>
   </si>
   <si>
     <t>3:0 (25:16;25:17;25:10)</t>
   </si>
   <si>
     <t>3:2 (25:12;27:25;14:25;18:25;15:13)</t>
   </si>
   <si>
     <t>3:1 (25:21;25:21;23:25;25:16)</t>
   </si>
   <si>
-    <t>Laurence Bortoluzzi</t>
-[...1 lines deleted...]
-  <si>
     <t>3:1 (21:25;25:10;25:14;27:25)</t>
   </si>
   <si>
     <t>Marine Barbey</t>
   </si>
   <si>
+    <t>3:0 (25:22;25:20;25:9)</t>
+  </si>
+  <si>
     <t>Brigitte Sandrine Roulet</t>
   </si>
   <si>
-    <t>Yann Bortoluzzi</t>
+    <t>0:3 (8:25;9:25;10:25)</t>
+  </si>
+  <si>
+    <t>Fabrice d'Hooghe</t>
+  </si>
+  <si>
+    <t>1:3 (17:25;25:21;16:25;15:25)</t>
+  </si>
+  <si>
+    <t>Loriane Reber</t>
   </si>
   <si>
     <t>Salle polyvalente, Estavayer-le-Gibloux</t>
   </si>
   <si>
+    <t>Alessa Laura Itten</t>
+  </si>
+  <si>
+    <t>Sara Sojcic</t>
+  </si>
+  <si>
+    <t>Line Remy</t>
+  </si>
+  <si>
     <t>4. Liga Damen</t>
   </si>
   <si>
     <t>Volley Düdingen B</t>
   </si>
   <si>
     <t>CS Le Mouret B</t>
   </si>
   <si>
     <t>0:3 (17:25;21:25;15:25)</t>
   </si>
   <si>
     <t>0:3 (21:25;24:26;22:25)</t>
   </si>
   <si>
     <t>Perrine Milan</t>
   </si>
   <si>
     <t>Wolfacker, Düdingen</t>
   </si>
   <si>
     <t>3:0 (26:24;25:8;25:10)</t>
   </si>
   <si>
-    <t>Livia Zbinden</t>
-[...1 lines deleted...]
-  <si>
     <t>GYM Ursy</t>
   </si>
   <si>
     <t>Ancienne salle, Ursy</t>
   </si>
   <si>
     <t>3:0 (25:21;25:19;25:21)</t>
   </si>
   <si>
     <t>Zoé Chuard</t>
   </si>
   <si>
     <t>Volley Vully</t>
   </si>
   <si>
     <t>Salle polyvalente, Lugnorre</t>
   </si>
   <si>
     <t>0:3 (12:25;14:25;10:25)</t>
   </si>
   <si>
     <t>Leandra Alina Roux</t>
   </si>
   <si>
     <t>VBC Smile B</t>
   </si>
   <si>
+    <t>1:3 (17:25;25:15;8:25;19:25)</t>
+  </si>
+  <si>
     <t>Anna Riedo</t>
   </si>
   <si>
     <t>TSV Gurmels</t>
   </si>
   <si>
-    <t>Jelena Schaller</t>
+    <t>2:3 (25:21;13:25;19:25;25:22;15:17)</t>
+  </si>
+  <si>
+    <t>3:1 (25:19;25:14;22:25;25:15)</t>
   </si>
   <si>
     <t>Djellza Derguti</t>
   </si>
   <si>
     <t>Centre sportif A, Le Mouret</t>
   </si>
   <si>
+    <t>Felipe Gabriel Gouveia</t>
+  </si>
+  <si>
+    <t>Lena Portmann</t>
+  </si>
+  <si>
+    <t>Rodrigo Nuno Teixeira Patricio</t>
+  </si>
+  <si>
     <t>Halle de gym, Treyvaux</t>
   </si>
   <si>
+    <t>Aline Schmutz</t>
+  </si>
+  <si>
     <t>SSK Cordast, Cordast</t>
   </si>
   <si>
+    <t>Julie Savary</t>
+  </si>
+  <si>
+    <t>Clarisse Quillet</t>
+  </si>
+  <si>
     <t>U20</t>
   </si>
   <si>
     <t>0:3 (11:25;17:25;3:25)</t>
   </si>
   <si>
     <t>Prehl, Murten</t>
   </si>
   <si>
     <t>1:3 (20:25;11:25;25:23;21:25)</t>
   </si>
   <si>
     <t>VBC Bösingen</t>
   </si>
   <si>
     <t>3:0 (26:24;25:23;25:23)</t>
   </si>
   <si>
     <t>VBC Bulle</t>
   </si>
   <si>
     <t>3:0 (25:22;25:15;25:16)</t>
   </si>
   <si>
     <t>3:1 (25:21;25:21;22:25;25:21)</t>
   </si>
   <si>
     <t>3:0 (25:14;25:17;25:12)</t>
   </si>
   <si>
     <t>0:3 (18:25;15:25;11:25)</t>
   </si>
   <si>
+    <t>0:3 (23:25;19:25;19:25)</t>
+  </si>
+  <si>
+    <t>3:2 (25:6;23:25;25:13;23:25;15:6)</t>
+  </si>
+  <si>
     <t>Leimacker 3, Düdingen</t>
   </si>
   <si>
+    <t>3:0 (25:7;25:23;25:21)</t>
+  </si>
+  <si>
+    <t>3:0 (25:16;25:12;25:19)</t>
+  </si>
+  <si>
     <t>Spielhalle, Bösingen</t>
   </si>
   <si>
     <t>Salle Belluard B, Fribourg</t>
   </si>
   <si>
     <t>U18</t>
   </si>
   <si>
     <t>VBC Belfaux</t>
   </si>
   <si>
     <t>0:3 (0:25;0:25;0:25)</t>
   </si>
   <si>
     <t>Gibloux Volley Mixte</t>
   </si>
   <si>
     <t>3:0 (25:13;29:27;25:21)</t>
   </si>
   <si>
     <t>2:3 (25:16;26:24;10:25;26:28;10:15)</t>
   </si>
   <si>
     <t>2:3 (11:25;25:23;25:19;25:27;11:15)</t>
   </si>
   <si>
     <t>1:3 (25:23;23:25;21:25;25:27)</t>
   </si>
   <si>
     <t>Amarante 3, Estavayer</t>
   </si>
   <si>
     <t>2:3 (19:25;25:20;23:25;25:23;8:15)</t>
   </si>
   <si>
     <t>VBC Sense a</t>
   </si>
   <si>
     <t>0:3 (14:25;24:26;20:25)</t>
   </si>
   <si>
     <t>3:0 (25:12;25:6;25:11)</t>
+  </si>
+  <si>
+    <t>0:3 (23:25;21:25;17:25)</t>
+  </si>
+  <si>
+    <t>3:1 (25:20;20:25;25:22;25:20)</t>
+  </si>
+  <si>
+    <t>3:0 (25:20;25:16;25:20)</t>
+  </si>
+  <si>
+    <t>0:3 (23:25;19:25;14:25)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd.MM.yyyy HH:mm"/>
   </numFmts>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -661,69 +813,69 @@
       <right/>
       <top/>
       <bottom style="thin">
         <color rgb="FFED1D27" tint="0"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="5">
     <xf fontId="0" applyFont="1" xfId="0"/>
     <xf fontId="1" applyFont="1" xfId="0"/>
     <xf fontId="1" applyFont="1" borderId="1" applyBorder="1" xfId="0"/>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0"/>
     <xf numFmtId="164" applyNumberFormat="1" fontId="1" applyFont="1" borderId="1" applyBorder="1" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H23"/>
+  <dimension ref="A1:H24"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.6921789986747" customWidth="1" style="3"/>
     <col min="2" max="2" width="20.4151131766183" customWidth="1"/>
     <col min="3" max="3" width="20.3506600516183" customWidth="1"/>
     <col min="4" max="4" width="20.3506600516183" customWidth="1"/>
     <col min="5" max="5" width="40.4600306919643" customWidth="1"/>
     <col min="6" max="6" width="33.040762765067" customWidth="1"/>
-    <col min="7" max="7" width="18.4109279087612" customWidth="1"/>
-    <col min="8" max="8" width="17.9362258911133" customWidth="1"/>
+    <col min="7" max="7" width="18.6738564627511" customWidth="1"/>
+    <col min="8" max="8" width="26.3642381940569" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" s="1" customFormat="1">
       <c r="A1" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="2" t="s">
@@ -946,313 +1098,3172 @@
         <v>41</v>
       </c>
       <c r="G10" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="3">
         <v>45987.8125</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>25</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>43</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>16</v>
       </c>
+      <c r="F11" s="0" t="s">
+        <v>44</v>
+      </c>
       <c r="G11" s="0" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="H11" s="0" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="3">
         <v>45990.7083333333</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>16</v>
       </c>
+      <c r="F12" s="0" t="s">
+        <v>48</v>
+      </c>
       <c r="G12" s="0" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="3">
         <v>45994.75</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>25</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>43</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E13" s="0" t="s">
-        <v>48</v>
+        <v>50</v>
+      </c>
+      <c r="F13" s="0" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="3">
         <v>45998.7291666667</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E14" s="0" t="s">
-        <v>50</v>
+        <v>53</v>
+      </c>
+      <c r="F14" s="0" t="s">
+        <v>54</v>
       </c>
       <c r="G14" s="0" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="H14" s="0" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="3">
         <v>46004.7083333333</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>16</v>
       </c>
+      <c r="F15" s="0" t="s">
+        <v>57</v>
+      </c>
       <c r="G15" s="0" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="3">
         <v>46011.6875</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>15</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E16" s="0" t="s">
-        <v>54</v>
+        <v>59</v>
+      </c>
+      <c r="F16" s="0" t="s">
+        <v>60</v>
       </c>
       <c r="G16" s="0" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="H16" s="0" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="3">
         <v>46025.7083333333</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>20</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>16</v>
       </c>
+      <c r="F17" s="0" t="s">
+        <v>62</v>
+      </c>
       <c r="G17" s="0" t="s">
-        <v>56</v>
+        <v>63</v>
       </c>
       <c r="H17" s="0" t="s">
-        <v>57</v>
+        <v>64</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="3">
         <v>46029.8125</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>28</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E18" s="0" t="s">
-        <v>58</v>
+        <v>65</v>
+      </c>
+      <c r="F18" s="0" t="s">
+        <v>66</v>
       </c>
       <c r="G18" s="0" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="H18" s="0" t="s">
-        <v>52</v>
+        <v>67</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="3">
+        <v>46033.7083333333</v>
+      </c>
+      <c r="B19" s="0" t="s">
+        <v>68</v>
+      </c>
+      <c r="C19" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="D19" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="E19" s="0" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="3">
         <v>46040.5625</v>
       </c>
+      <c r="B20" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="C20" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="D20" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="E20" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="G20" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="H20" s="0" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="3">
+        <v>46042.8541666667</v>
+      </c>
+      <c r="B21" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="C21" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="D21" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="E21" s="0" t="s">
+        <v>70</v>
+      </c>
+      <c r="G21" s="0" t="s">
+        <v>56</v>
+      </c>
+      <c r="H21" s="0" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" s="3">
+        <v>46053.75</v>
+      </c>
+      <c r="B22" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="C22" s="0" t="s">
+        <v>40</v>
+      </c>
+      <c r="D22" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="E22" s="0" t="s">
+        <v>72</v>
+      </c>
+      <c r="G22" s="0" t="s">
+        <v>73</v>
+      </c>
+      <c r="H22" s="0" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="3">
+        <v>46058.8333333333</v>
+      </c>
+      <c r="B23" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="C23" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="D23" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="E23" s="0" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="3">
+        <v>46067.7291666667</v>
+      </c>
+      <c r="B24" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="C24" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="D24" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="E24" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="G24" s="0" t="s">
+        <v>76</v>
+      </c>
+      <c r="H24" s="0" t="s">
+        <v>77</v>
+      </c>
+    </row>
+  </sheetData>
+  <headerFooter/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H1"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15"/>
+  <cols>
+    <col min="1" max="1" width="9.140625" customWidth="1" style="3"/>
+    <col min="2" max="2" width="9.140625" customWidth="1"/>
+    <col min="3" max="3" width="9.140625" customWidth="1"/>
+    <col min="4" max="4" width="9.140625" customWidth="1"/>
+    <col min="5" max="5" width="9.140625" customWidth="1"/>
+    <col min="6" max="6" width="9.140625" customWidth="1"/>
+    <col min="7" max="7" width="9.140625" customWidth="1"/>
+    <col min="8" max="8" width="9.140625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" s="1" customFormat="1">
+      <c r="A1" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" s="2" t="s">
+        <v>7</v>
+      </c>
+    </row>
+  </sheetData>
+  <headerFooter/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H1"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15"/>
+  <cols>
+    <col min="1" max="1" width="9.140625" customWidth="1" style="3"/>
+    <col min="2" max="2" width="9.140625" customWidth="1"/>
+    <col min="3" max="3" width="9.140625" customWidth="1"/>
+    <col min="4" max="4" width="9.140625" customWidth="1"/>
+    <col min="5" max="5" width="9.140625" customWidth="1"/>
+    <col min="6" max="6" width="9.140625" customWidth="1"/>
+    <col min="7" max="7" width="9.140625" customWidth="1"/>
+    <col min="8" max="8" width="9.140625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" s="1" customFormat="1">
+      <c r="A1" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" s="2" t="s">
+        <v>7</v>
+      </c>
+    </row>
+  </sheetData>
+  <headerFooter/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H126"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15"/>
+  <cols>
+    <col min="1" max="1" width="16.6921789986747" customWidth="1" style="3"/>
+    <col min="2" max="2" width="20.4151131766183" customWidth="1"/>
+    <col min="3" max="3" width="21.5496913364955" customWidth="1"/>
+    <col min="4" max="4" width="21.5496913364955" customWidth="1"/>
+    <col min="5" max="5" width="40.4600306919643" customWidth="1"/>
+    <col min="6" max="6" width="33.040762765067" customWidth="1"/>
+    <col min="7" max="7" width="28.0932181222098" customWidth="1"/>
+    <col min="8" max="8" width="26.3642381940569" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" s="1" customFormat="1">
+      <c r="A1" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" s="2" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" s="3">
+        <v>45920.5833333333</v>
+      </c>
+      <c r="B2" s="0" t="s">
+        <v>206</v>
+      </c>
+      <c r="C2" s="0" t="s">
+        <v>79</v>
+      </c>
+      <c r="D2" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="E2" s="0" t="s">
+        <v>80</v>
+      </c>
+      <c r="F2" s="0" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" s="3">
+        <v>45920.5833333333</v>
+      </c>
+      <c r="B3" s="0" t="s">
+        <v>224</v>
+      </c>
+      <c r="C3" s="0" t="s">
+        <v>225</v>
+      </c>
+      <c r="D3" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="E3" s="0" t="s">
+        <v>135</v>
+      </c>
+      <c r="F3" s="0" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" s="3">
+        <v>45925.7708333333</v>
+      </c>
+      <c r="B4" s="0" t="s">
+        <v>206</v>
+      </c>
+      <c r="C4" s="0" t="s">
+        <v>105</v>
+      </c>
+      <c r="D4" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="E4" s="0" t="s">
+        <v>208</v>
+      </c>
+      <c r="F4" s="0" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" s="3">
+        <v>45927.6041666667</v>
+      </c>
+      <c r="B5" s="0" t="s">
+        <v>224</v>
+      </c>
+      <c r="C5" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="D5" s="0" t="s">
+        <v>227</v>
+      </c>
+      <c r="E5" s="0" t="s">
+        <v>69</v>
+      </c>
+      <c r="F5" s="0" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" s="3">
+        <v>45927.7083333333</v>
+      </c>
+      <c r="B6" s="0" t="s">
+        <v>78</v>
+      </c>
+      <c r="C6" s="0" t="s">
+        <v>79</v>
+      </c>
+      <c r="D6" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="E6" s="0" t="s">
+        <v>80</v>
+      </c>
+      <c r="F6" s="0" t="s">
+        <v>81</v>
+      </c>
+      <c r="G6" s="0" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" s="3">
+        <v>45934.4166666667</v>
+      </c>
+      <c r="B7" s="0" t="s">
+        <v>224</v>
+      </c>
+      <c r="C7" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="D7" s="0" t="s">
+        <v>129</v>
+      </c>
+      <c r="E7" s="0" t="s">
+        <v>180</v>
+      </c>
+      <c r="F7" s="0" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" s="3">
+        <v>45934.7291666667</v>
+      </c>
+      <c r="B8" s="0" t="s">
+        <v>122</v>
+      </c>
+      <c r="C8" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="D8" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="E8" s="0" t="s">
+        <v>69</v>
+      </c>
+      <c r="F8" s="0" t="s">
+        <v>123</v>
+      </c>
+      <c r="G8" s="0" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" s="3">
+        <v>45934.7291666667</v>
+      </c>
+      <c r="B9" s="0" t="s">
+        <v>206</v>
+      </c>
+      <c r="C9" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="D9" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="E9" s="0" t="s">
+        <v>69</v>
+      </c>
+      <c r="F9" s="0" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" s="3">
+        <v>45938.8645833333</v>
+      </c>
+      <c r="B10" s="0" t="s">
+        <v>122</v>
+      </c>
+      <c r="C10" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="D10" s="0" t="s">
+        <v>140</v>
+      </c>
+      <c r="E10" s="0" t="s">
+        <v>69</v>
+      </c>
+      <c r="F10" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="G10" s="0" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" s="3">
+        <v>45940.8541666667</v>
+      </c>
+      <c r="B11" s="0" t="s">
+        <v>174</v>
+      </c>
+      <c r="C11" s="0" t="s">
+        <v>175</v>
+      </c>
+      <c r="D11" s="0" t="s">
+        <v>176</v>
+      </c>
+      <c r="E11" s="0" t="s">
+        <v>69</v>
+      </c>
+      <c r="F11" s="0" t="s">
+        <v>177</v>
+      </c>
+      <c r="G11" s="0" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="3">
+        <v>45940.8541666667</v>
+      </c>
+      <c r="B12" s="0" t="s">
+        <v>78</v>
+      </c>
+      <c r="C12" s="0" t="s">
+        <v>83</v>
+      </c>
+      <c r="D12" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="E12" s="0" t="s">
+        <v>84</v>
+      </c>
+      <c r="F12" s="0" t="s">
+        <v>85</v>
+      </c>
+      <c r="G12" s="0" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="3">
+        <v>45940.8541666667</v>
+      </c>
+      <c r="B13" s="0" t="s">
+        <v>122</v>
+      </c>
+      <c r="C13" s="0" t="s">
+        <v>125</v>
+      </c>
+      <c r="D13" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="E13" s="0" t="s">
+        <v>126</v>
+      </c>
+      <c r="F13" s="0" t="s">
+        <v>127</v>
+      </c>
+      <c r="G13" s="0" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="3">
+        <v>45941.5416666667</v>
+      </c>
+      <c r="B14" s="0" t="s">
+        <v>224</v>
+      </c>
+      <c r="C14" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="D14" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="E14" s="0" t="s">
+        <v>222</v>
+      </c>
+      <c r="F14" s="0" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="3">
+        <v>45941.7083333333</v>
+      </c>
+      <c r="B15" s="0" t="s">
+        <v>206</v>
+      </c>
+      <c r="C15" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="D15" s="0" t="s">
+        <v>212</v>
+      </c>
+      <c r="E15" s="0" t="s">
+        <v>69</v>
+      </c>
+      <c r="F15" s="0" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="3">
+        <v>45941.7291666667</v>
+      </c>
+      <c r="B16" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="C16" s="0" t="s">
+        <v>9</v>
+      </c>
+      <c r="D16" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="E16" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="F16" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="H16" s="0" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="3">
+        <v>45945.8333333333</v>
+      </c>
+      <c r="B17" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="C17" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="D17" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="E17" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="F17" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="G17" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="H17" s="0" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="3">
+        <v>45956.7291666667</v>
+      </c>
+      <c r="B18" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="C18" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="D18" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="E18" s="0" t="s">
+        <v>21</v>
+      </c>
+      <c r="F18" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="G18" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="H18" s="0" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="3">
+        <v>45959.8333333333</v>
+      </c>
       <c r="B19" s="0" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>16</v>
       </c>
-      <c r="G19" s="0" t="s">
-[...3 lines deleted...]
-        <v>36</v>
+      <c r="F19" s="0" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="3">
-        <v>46042.8541666667</v>
+        <v>45960.875</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>8</v>
+        <v>78</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>38</v>
+        <v>87</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E20" s="0" t="s">
-        <v>59</v>
+        <v>88</v>
+      </c>
+      <c r="F20" s="0" t="s">
+        <v>89</v>
       </c>
       <c r="G20" s="0" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>60</v>
+        <v>90</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="3">
-        <v>46053.75</v>
+        <v>45961.8541666667</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>8</v>
+        <v>122</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>40</v>
+        <v>10</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>10</v>
+        <v>129</v>
       </c>
       <c r="E21" s="0" t="s">
-        <v>61</v>
+        <v>69</v>
+      </c>
+      <c r="F21" s="0" t="s">
+        <v>130</v>
       </c>
       <c r="G21" s="0" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-        <v>63</v>
+        <v>131</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="3">
-        <v>46058.8333333333</v>
+        <v>45962.5625</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>8</v>
+        <v>122</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>46</v>
+        <v>132</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E22" s="0" t="s">
-        <v>64</v>
+        <v>154</v>
+      </c>
+      <c r="F22" s="0" t="s">
+        <v>159</v>
+      </c>
+      <c r="G22" s="0" t="s">
+        <v>90</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="3">
+        <v>45962.6666666667</v>
+      </c>
+      <c r="B23" s="0" t="s">
+        <v>174</v>
+      </c>
+      <c r="C23" s="0" t="s">
+        <v>137</v>
+      </c>
+      <c r="D23" s="0" t="s">
+        <v>175</v>
+      </c>
+      <c r="E23" s="0" t="s">
+        <v>157</v>
+      </c>
+      <c r="F23" s="0" t="s">
+        <v>178</v>
+      </c>
+      <c r="G23" s="0" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="3">
+        <v>45962.7083333333</v>
+      </c>
+      <c r="B24" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="C24" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="D24" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="E24" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="F24" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="G24" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="H24" s="0" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" s="3">
+        <v>45963.625</v>
+      </c>
+      <c r="B25" s="0" t="s">
+        <v>224</v>
+      </c>
+      <c r="C25" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="D25" s="0" t="s">
+        <v>105</v>
+      </c>
+      <c r="E25" s="0" t="s">
+        <v>69</v>
+      </c>
+      <c r="F25" s="0" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" s="3">
+        <v>45965.8645833333</v>
+      </c>
+      <c r="B26" s="0" t="s">
+        <v>174</v>
+      </c>
+      <c r="C26" s="0" t="s">
+        <v>175</v>
+      </c>
+      <c r="D26" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="E26" s="0" t="s">
+        <v>180</v>
+      </c>
+      <c r="F26" s="0" t="s">
+        <v>181</v>
+      </c>
+      <c r="G26" s="0" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" s="3">
+        <v>45966.8125</v>
+      </c>
+      <c r="B27" s="0" t="s">
+        <v>122</v>
+      </c>
+      <c r="C27" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="D27" s="0" t="s">
+        <v>147</v>
+      </c>
+      <c r="E27" s="0" t="s">
+        <v>69</v>
+      </c>
+      <c r="F27" s="0" t="s">
+        <v>160</v>
+      </c>
+      <c r="G27" s="0" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" s="3">
+        <v>45966.8125</v>
+      </c>
+      <c r="B28" s="0" t="s">
+        <v>122</v>
+      </c>
+      <c r="C28" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="D28" s="0" t="s">
+        <v>132</v>
+      </c>
+      <c r="E28" s="0" t="s">
+        <v>69</v>
+      </c>
+      <c r="F28" s="0" t="s">
+        <v>133</v>
+      </c>
+      <c r="G28" s="0" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" s="3">
+        <v>45966.8333333333</v>
+      </c>
+      <c r="B29" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="C29" s="0" t="s">
+        <v>26</v>
+      </c>
+      <c r="D29" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="E29" s="0" t="s">
+        <v>31</v>
+      </c>
+      <c r="F29" s="0" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" s="3">
+        <v>45968.78125</v>
+      </c>
+      <c r="B30" s="0" t="s">
+        <v>224</v>
+      </c>
+      <c r="C30" s="0" t="s">
+        <v>98</v>
+      </c>
+      <c r="D30" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="E30" s="0" t="s">
+        <v>232</v>
+      </c>
+      <c r="F30" s="0" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" s="3">
+        <v>45968.8541666667</v>
+      </c>
+      <c r="B31" s="0" t="s">
+        <v>78</v>
+      </c>
+      <c r="C31" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="D31" s="0" t="s">
+        <v>91</v>
+      </c>
+      <c r="E31" s="0" t="s">
+        <v>69</v>
+      </c>
+      <c r="F31" s="0" t="s">
+        <v>92</v>
+      </c>
+      <c r="G31" s="0" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" s="3">
+        <v>45969.5416666667</v>
+      </c>
+      <c r="B32" s="0" t="s">
+        <v>206</v>
+      </c>
+      <c r="C32" s="0" t="s">
+        <v>91</v>
+      </c>
+      <c r="D32" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="E32" s="0" t="s">
+        <v>144</v>
+      </c>
+      <c r="F32" s="0" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" s="3">
+        <v>45969.7291666667</v>
+      </c>
+      <c r="B33" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="C33" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="D33" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="E33" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="F33" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="G33" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="H33" s="0" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" s="3">
+        <v>45972.875</v>
+      </c>
+      <c r="B34" s="0" t="s">
+        <v>174</v>
+      </c>
+      <c r="C34" s="0" t="s">
+        <v>182</v>
+      </c>
+      <c r="D34" s="0" t="s">
+        <v>175</v>
+      </c>
+      <c r="E34" s="0" t="s">
+        <v>183</v>
+      </c>
+      <c r="F34" s="0" t="s">
+        <v>184</v>
+      </c>
+      <c r="G34" s="0" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" s="3">
+        <v>45973.8541666667</v>
+      </c>
+      <c r="B35" s="0" t="s">
+        <v>78</v>
+      </c>
+      <c r="C35" s="0" t="s">
+        <v>94</v>
+      </c>
+      <c r="D35" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="E35" s="0" t="s">
+        <v>95</v>
+      </c>
+      <c r="F35" s="0" t="s">
+        <v>96</v>
+      </c>
+      <c r="G35" s="0" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" s="3">
+        <v>45974.8645833333</v>
+      </c>
+      <c r="B36" s="0" t="s">
+        <v>122</v>
+      </c>
+      <c r="C36" s="0" t="s">
+        <v>143</v>
+      </c>
+      <c r="D36" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="E36" s="0" t="s">
+        <v>144</v>
+      </c>
+      <c r="F36" s="0" t="s">
+        <v>161</v>
+      </c>
+      <c r="G36" s="0" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" s="3">
+        <v>45975.8541666667</v>
+      </c>
+      <c r="B37" s="0" t="s">
+        <v>122</v>
+      </c>
+      <c r="C37" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="D37" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="E37" s="0" t="s">
+        <v>135</v>
+      </c>
+      <c r="F37" s="0" t="s">
+        <v>136</v>
+      </c>
+      <c r="G37" s="0" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" s="3">
+        <v>45976.4166666667</v>
+      </c>
+      <c r="B38" s="0" t="s">
+        <v>224</v>
+      </c>
+      <c r="C38" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="D38" s="0" t="s">
+        <v>234</v>
+      </c>
+      <c r="E38" s="0" t="s">
+        <v>69</v>
+      </c>
+      <c r="F38" s="0" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" s="3">
+        <v>45976.5833333333</v>
+      </c>
+      <c r="B39" s="0" t="s">
+        <v>206</v>
+      </c>
+      <c r="C39" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="D39" s="0" t="s">
+        <v>193</v>
+      </c>
+      <c r="E39" s="0" t="s">
+        <v>69</v>
+      </c>
+      <c r="F39" s="0" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" s="3">
+        <v>45976.7083333333</v>
+      </c>
+      <c r="B40" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="C40" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="D40" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="E40" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="F40" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="G40" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="H40" s="0" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" s="3">
+        <v>45978.7916666667</v>
+      </c>
+      <c r="B41" s="0" t="s">
+        <v>206</v>
+      </c>
+      <c r="C41" s="0" t="s">
+        <v>137</v>
+      </c>
+      <c r="D41" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="E41" s="0" t="s">
+        <v>157</v>
+      </c>
+      <c r="F41" s="0" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" s="3">
+        <v>45978.84375</v>
+      </c>
+      <c r="B42" s="0" t="s">
+        <v>174</v>
+      </c>
+      <c r="C42" s="0" t="s">
+        <v>186</v>
+      </c>
+      <c r="D42" s="0" t="s">
+        <v>175</v>
+      </c>
+      <c r="E42" s="0" t="s">
+        <v>187</v>
+      </c>
+      <c r="F42" s="0" t="s">
+        <v>188</v>
+      </c>
+      <c r="G42" s="0" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" s="3">
+        <v>45981.8541666667</v>
+      </c>
+      <c r="B43" s="0" t="s">
+        <v>78</v>
+      </c>
+      <c r="C43" s="0" t="s">
+        <v>98</v>
+      </c>
+      <c r="D43" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="E43" s="0" t="s">
+        <v>99</v>
+      </c>
+      <c r="F43" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="G43" s="0" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" s="3">
+        <v>45982.8541666667</v>
+      </c>
+      <c r="B44" s="0" t="s">
+        <v>122</v>
+      </c>
+      <c r="C44" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="D44" s="0" t="s">
+        <v>129</v>
+      </c>
+      <c r="E44" s="0" t="s">
+        <v>69</v>
+      </c>
+      <c r="F44" s="0" t="s">
+        <v>162</v>
+      </c>
+      <c r="G44" s="0" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" s="3">
+        <v>45983.4166666667</v>
+      </c>
+      <c r="B45" s="0" t="s">
+        <v>224</v>
+      </c>
+      <c r="C45" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="D45" s="0" t="s">
+        <v>225</v>
+      </c>
+      <c r="E45" s="0" t="s">
+        <v>180</v>
+      </c>
+      <c r="F45" s="0" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" s="3">
+        <v>45983.5833333333</v>
+      </c>
+      <c r="B46" s="0" t="s">
+        <v>122</v>
+      </c>
+      <c r="C46" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="D46" s="0" t="s">
+        <v>137</v>
+      </c>
+      <c r="E46" s="0" t="s">
+        <v>69</v>
+      </c>
+      <c r="F46" s="0" t="s">
+        <v>138</v>
+      </c>
+      <c r="G46" s="0" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" s="3">
+        <v>45983.7083333333</v>
+      </c>
+      <c r="B47" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="C47" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="D47" s="0" t="s">
+        <v>40</v>
+      </c>
+      <c r="E47" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="F47" s="0" t="s">
+        <v>41</v>
+      </c>
+      <c r="G47" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="H47" s="0" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" s="3">
+        <v>45987.8125</v>
+      </c>
+      <c r="B48" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="C48" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="D48" s="0" t="s">
+        <v>43</v>
+      </c>
+      <c r="E48" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="F48" s="0" t="s">
+        <v>44</v>
+      </c>
+      <c r="G48" s="0" t="s">
+        <v>45</v>
+      </c>
+      <c r="H48" s="0" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" s="3">
+        <v>45988.8645833333</v>
+      </c>
+      <c r="B49" s="0" t="s">
+        <v>122</v>
+      </c>
+      <c r="C49" s="0" t="s">
+        <v>140</v>
+      </c>
+      <c r="D49" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="E49" s="0" t="s">
+        <v>141</v>
+      </c>
+      <c r="F49" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="G49" s="0" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" s="3">
+        <v>45989.7708333333</v>
+      </c>
+      <c r="B50" s="0" t="s">
+        <v>224</v>
+      </c>
+      <c r="C50" s="0" t="s">
+        <v>227</v>
+      </c>
+      <c r="D50" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="E50" s="0" t="s">
+        <v>95</v>
+      </c>
+      <c r="F50" s="0" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" s="3">
+        <v>45989.8541666667</v>
+      </c>
+      <c r="B51" s="0" t="s">
+        <v>174</v>
+      </c>
+      <c r="C51" s="0" t="s">
+        <v>175</v>
+      </c>
+      <c r="D51" s="0" t="s">
+        <v>190</v>
+      </c>
+      <c r="E51" s="0" t="s">
+        <v>69</v>
+      </c>
+      <c r="F51" s="0" t="s">
+        <v>191</v>
+      </c>
+      <c r="G51" s="0" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" s="3">
+        <v>45990.5833333333</v>
+      </c>
+      <c r="B52" s="0" t="s">
+        <v>78</v>
+      </c>
+      <c r="C52" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="D52" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="E52" s="0" t="s">
+        <v>69</v>
+      </c>
+      <c r="F52" s="0" t="s">
+        <v>103</v>
+      </c>
+      <c r="G52" s="0" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" s="3">
+        <v>45990.625</v>
+      </c>
+      <c r="B53" s="0" t="s">
+        <v>206</v>
+      </c>
+      <c r="C53" s="0" t="s">
+        <v>147</v>
+      </c>
+      <c r="D53" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="E53" s="0" t="s">
+        <v>95</v>
+      </c>
+      <c r="F53" s="0" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" s="3">
+        <v>45990.7083333333</v>
+      </c>
+      <c r="B54" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="C54" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="D54" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="E54" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="F54" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="G54" s="0" t="s">
+        <v>49</v>
+      </c>
+      <c r="H54" s="0" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" s="3">
+        <v>45990.75</v>
+      </c>
+      <c r="B55" s="0" t="s">
+        <v>122</v>
+      </c>
+      <c r="C55" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="D55" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="E55" s="0" t="s">
+        <v>135</v>
+      </c>
+      <c r="F55" s="0" t="s">
+        <v>164</v>
+      </c>
+      <c r="G55" s="0" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" s="3">
+        <v>45994.75</v>
+      </c>
+      <c r="B56" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="C56" s="0" t="s">
+        <v>43</v>
+      </c>
+      <c r="D56" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="E56" s="0" t="s">
+        <v>50</v>
+      </c>
+      <c r="F56" s="0" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" s="3">
+        <v>45996.8541666667</v>
+      </c>
+      <c r="B57" s="0" t="s">
+        <v>122</v>
+      </c>
+      <c r="C57" s="0" t="s">
+        <v>125</v>
+      </c>
+      <c r="D57" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="E57" s="0" t="s">
+        <v>126</v>
+      </c>
+      <c r="F57" s="0" t="s">
+        <v>166</v>
+      </c>
+      <c r="G57" s="0" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" s="3">
+        <v>45996.8541666667</v>
+      </c>
+      <c r="B58" s="0" t="s">
+        <v>174</v>
+      </c>
+      <c r="C58" s="0" t="s">
+        <v>175</v>
+      </c>
+      <c r="D58" s="0" t="s">
+        <v>193</v>
+      </c>
+      <c r="E58" s="0" t="s">
+        <v>69</v>
+      </c>
+      <c r="F58" s="0" t="s">
+        <v>194</v>
+      </c>
+      <c r="G58" s="0" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" s="3">
+        <v>45997.4166666667</v>
+      </c>
+      <c r="B59" s="0" t="s">
+        <v>206</v>
+      </c>
+      <c r="C59" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="D59" s="0" t="s">
+        <v>87</v>
+      </c>
+      <c r="E59" s="0" t="s">
+        <v>69</v>
+      </c>
+      <c r="F59" s="0" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" s="3">
+        <v>45997.7291666667</v>
+      </c>
+      <c r="B60" s="0" t="s">
+        <v>78</v>
+      </c>
+      <c r="C60" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="D60" s="0" t="s">
+        <v>105</v>
+      </c>
+      <c r="E60" s="0" t="s">
+        <v>69</v>
+      </c>
+      <c r="F60" s="0" t="s">
+        <v>106</v>
+      </c>
+      <c r="G60" s="0" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" s="3">
+        <v>45998.4270833333</v>
+      </c>
+      <c r="B61" s="0" t="s">
+        <v>224</v>
+      </c>
+      <c r="C61" s="0" t="s">
+        <v>129</v>
+      </c>
+      <c r="D61" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="E61" s="0" t="s">
+        <v>152</v>
+      </c>
+      <c r="F61" s="0" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" s="3">
+        <v>45998.5833333333</v>
+      </c>
+      <c r="B62" s="0" t="s">
+        <v>122</v>
+      </c>
+      <c r="C62" s="0" t="s">
+        <v>143</v>
+      </c>
+      <c r="D62" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="E62" s="0" t="s">
+        <v>144</v>
+      </c>
+      <c r="F62" s="0" t="s">
+        <v>145</v>
+      </c>
+      <c r="G62" s="0" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" s="3">
+        <v>45998.7291666667</v>
+      </c>
+      <c r="B63" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="C63" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="D63" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="E63" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="F63" s="0" t="s">
+        <v>54</v>
+      </c>
+      <c r="G63" s="0" t="s">
+        <v>55</v>
+      </c>
+      <c r="H63" s="0" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" s="3">
+        <v>46001.8645833333</v>
+      </c>
+      <c r="B64" s="0" t="s">
+        <v>122</v>
+      </c>
+      <c r="C64" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="D64" s="0" t="s">
+        <v>137</v>
+      </c>
+      <c r="E64" s="0" t="s">
+        <v>69</v>
+      </c>
+      <c r="F64" s="0" t="s">
+        <v>168</v>
+      </c>
+      <c r="G64" s="0" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" s="3">
+        <v>46002.8541666667</v>
+      </c>
+      <c r="B65" s="0" t="s">
+        <v>78</v>
+      </c>
+      <c r="C65" s="0" t="s">
+        <v>108</v>
+      </c>
+      <c r="D65" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="E65" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="F65" s="0" t="s">
+        <v>110</v>
+      </c>
+      <c r="G65" s="0" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" s="3">
+        <v>46003.8541666667</v>
+      </c>
+      <c r="B66" s="0" t="s">
+        <v>206</v>
+      </c>
+      <c r="C66" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="D66" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="E66" s="0" t="s">
+        <v>219</v>
+      </c>
+      <c r="F66" s="0" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" s="3">
+        <v>46004.4166666667</v>
+      </c>
+      <c r="B67" s="0" t="s">
+        <v>224</v>
+      </c>
+      <c r="C67" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="D67" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="E67" s="0" t="s">
+        <v>180</v>
+      </c>
+      <c r="F67" s="0" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" s="3">
+        <v>46004.5833333333</v>
+      </c>
+      <c r="B68" s="0" t="s">
+        <v>122</v>
+      </c>
+      <c r="C68" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="D68" s="0" t="s">
+        <v>147</v>
+      </c>
+      <c r="E68" s="0" t="s">
+        <v>69</v>
+      </c>
+      <c r="F68" s="0" t="s">
+        <v>148</v>
+      </c>
+      <c r="G68" s="0" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" s="3">
+        <v>46004.7083333333</v>
+      </c>
+      <c r="B69" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="C69" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="D69" s="0" t="s">
+        <v>9</v>
+      </c>
+      <c r="E69" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="F69" s="0" t="s">
+        <v>57</v>
+      </c>
+      <c r="G69" s="0" t="s">
+        <v>58</v>
+      </c>
+      <c r="H69" s="0" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" s="3">
+        <v>46007.8645833333</v>
+      </c>
+      <c r="B70" s="0" t="s">
+        <v>174</v>
+      </c>
+      <c r="C70" s="0" t="s">
+        <v>79</v>
+      </c>
+      <c r="D70" s="0" t="s">
+        <v>175</v>
+      </c>
+      <c r="E70" s="0" t="s">
+        <v>80</v>
+      </c>
+      <c r="F70" s="0" t="s">
+        <v>195</v>
+      </c>
+      <c r="G70" s="0" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" s="3">
+        <v>46010.8541666667</v>
+      </c>
+      <c r="B71" s="0" t="s">
+        <v>122</v>
+      </c>
+      <c r="C71" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="D71" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="E71" s="0" t="s">
+        <v>69</v>
+      </c>
+      <c r="F71" s="0" t="s">
+        <v>150</v>
+      </c>
+      <c r="G71" s="0" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" s="3">
+        <v>46011.5625</v>
+      </c>
+      <c r="B72" s="0" t="s">
+        <v>224</v>
+      </c>
+      <c r="C72" s="0" t="s">
+        <v>105</v>
+      </c>
+      <c r="D72" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="E72" s="0" t="s">
+        <v>208</v>
+      </c>
+      <c r="F72" s="0" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" s="3">
+        <v>46011.6875</v>
+      </c>
+      <c r="B73" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="C73" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="D73" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="E73" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="F73" s="0" t="s">
+        <v>60</v>
+      </c>
+      <c r="G73" s="0" t="s">
+        <v>61</v>
+      </c>
+      <c r="H73" s="0" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" s="3">
+        <v>46011.7083333333</v>
+      </c>
+      <c r="B74" s="0" t="s">
+        <v>78</v>
+      </c>
+      <c r="C74" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="D74" s="0" t="s">
+        <v>79</v>
+      </c>
+      <c r="E74" s="0" t="s">
+        <v>69</v>
+      </c>
+      <c r="F74" s="0" t="s">
+        <v>112</v>
+      </c>
+      <c r="G74" s="0" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" s="3">
+        <v>46011.7083333333</v>
+      </c>
+      <c r="B75" s="0" t="s">
+        <v>206</v>
+      </c>
+      <c r="C75" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="D75" s="0" t="s">
+        <v>79</v>
+      </c>
+      <c r="E75" s="0" t="s">
+        <v>69</v>
+      </c>
+      <c r="F75" s="0" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" s="3">
+        <v>46025.7083333333</v>
+      </c>
+      <c r="B76" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="C76" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="D76" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="E76" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="F76" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="G76" s="0" t="s">
+        <v>63</v>
+      </c>
+      <c r="H76" s="0" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" s="3">
+        <v>46029.8125</v>
+      </c>
+      <c r="B77" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="C77" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="D77" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="E77" s="0" t="s">
+        <v>65</v>
+      </c>
+      <c r="F77" s="0" t="s">
+        <v>66</v>
+      </c>
+      <c r="G77" s="0" t="s">
+        <v>55</v>
+      </c>
+      <c r="H77" s="0" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" s="3">
+        <v>46032.4375</v>
+      </c>
+      <c r="B78" s="0" t="s">
+        <v>224</v>
+      </c>
+      <c r="C78" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="D78" s="0" t="s">
+        <v>98</v>
+      </c>
+      <c r="E78" s="0" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" s="3">
+        <v>46033.5833333333</v>
+      </c>
+      <c r="B79" s="0" t="s">
+        <v>206</v>
+      </c>
+      <c r="C79" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="D79" s="0" t="s">
+        <v>105</v>
+      </c>
+      <c r="E79" s="0" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" s="3">
+        <v>46033.7083333333</v>
+      </c>
+      <c r="B80" s="0" t="s">
+        <v>68</v>
+      </c>
+      <c r="C80" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="D80" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="E80" s="0" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" s="3">
+        <v>46035.84375</v>
+      </c>
+      <c r="B81" s="0" t="s">
+        <v>122</v>
+      </c>
+      <c r="C81" s="0" t="s">
+        <v>140</v>
+      </c>
+      <c r="D81" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="E81" s="0" t="s">
+        <v>141</v>
+      </c>
+      <c r="G81" s="0" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" s="3">
+        <v>46036.8333333333</v>
+      </c>
+      <c r="B82" s="0" t="s">
+        <v>174</v>
+      </c>
+      <c r="C82" s="0" t="s">
+        <v>176</v>
+      </c>
+      <c r="D82" s="0" t="s">
+        <v>175</v>
+      </c>
+      <c r="E82" s="0" t="s">
+        <v>197</v>
+      </c>
+      <c r="G82" s="0" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" s="3">
+        <v>46038.7916666667</v>
+      </c>
+      <c r="B83" s="0" t="s">
+        <v>206</v>
+      </c>
+      <c r="C83" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="D83" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="E83" s="0" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" s="3">
+        <v>46038.8541666667</v>
+      </c>
+      <c r="B84" s="0" t="s">
+        <v>78</v>
+      </c>
+      <c r="C84" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="D84" s="0" t="s">
+        <v>83</v>
+      </c>
+      <c r="E84" s="0" t="s">
+        <v>69</v>
+      </c>
+      <c r="G84" s="0" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" s="3">
+        <v>46039.4166666667</v>
+      </c>
+      <c r="B85" s="0" t="s">
+        <v>224</v>
+      </c>
+      <c r="C85" s="0" t="s">
+        <v>234</v>
+      </c>
+      <c r="D85" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="E85" s="0" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" s="3">
+        <v>46040.5625</v>
+      </c>
+      <c r="B86" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="C86" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="D86" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="E86" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="G86" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="H86" s="0" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" s="3">
+        <v>46040.6875</v>
+      </c>
+      <c r="B87" s="0" t="s">
+        <v>122</v>
+      </c>
+      <c r="C87" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="D87" s="0" t="s">
+        <v>125</v>
+      </c>
+      <c r="E87" s="0" t="s">
+        <v>69</v>
+      </c>
+      <c r="G87" s="0" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" s="3">
+        <v>46042.8541666667</v>
+      </c>
+      <c r="B88" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="C88" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="D88" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="E88" s="0" t="s">
+        <v>70</v>
+      </c>
+      <c r="G88" s="0" t="s">
+        <v>56</v>
+      </c>
+      <c r="H88" s="0" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" s="3">
+        <v>46044.8645833333</v>
+      </c>
+      <c r="B89" s="0" t="s">
+        <v>122</v>
+      </c>
+      <c r="C89" s="0" t="s">
+        <v>129</v>
+      </c>
+      <c r="D89" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="E89" s="0" t="s">
+        <v>152</v>
+      </c>
+      <c r="G89" s="0" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" s="3">
+        <v>46046.4375</v>
+      </c>
+      <c r="B90" s="0" t="s">
+        <v>206</v>
+      </c>
+      <c r="C90" s="0" t="s">
+        <v>212</v>
+      </c>
+      <c r="D90" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="E90" s="0" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" s="3">
+        <v>46046.625</v>
+      </c>
+      <c r="B91" s="0" t="s">
+        <v>122</v>
+      </c>
+      <c r="C91" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="D91" s="0" t="s">
+        <v>132</v>
+      </c>
+      <c r="E91" s="0" t="s">
+        <v>69</v>
+      </c>
+      <c r="G91" s="0" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" s="3">
+        <v>46046.7291666667</v>
+      </c>
+      <c r="B92" s="0" t="s">
+        <v>78</v>
+      </c>
+      <c r="C92" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="D92" s="0" t="s">
+        <v>87</v>
+      </c>
+      <c r="E92" s="0" t="s">
+        <v>69</v>
+      </c>
+      <c r="G92" s="0" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" s="3">
+        <v>46046.7291666667</v>
+      </c>
+      <c r="B93" s="0" t="s">
+        <v>174</v>
+      </c>
+      <c r="C93" s="0" t="s">
+        <v>175</v>
+      </c>
+      <c r="D93" s="0" t="s">
+        <v>137</v>
+      </c>
+      <c r="E93" s="0" t="s">
+        <v>69</v>
+      </c>
+      <c r="G93" s="0" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" s="3">
+        <v>46048.875</v>
+      </c>
+      <c r="B94" s="0" t="s">
+        <v>122</v>
+      </c>
+      <c r="C94" s="0" t="s">
+        <v>147</v>
+      </c>
+      <c r="D94" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="E94" s="0" t="s">
+        <v>170</v>
+      </c>
+      <c r="G94" s="0" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" s="3">
+        <v>46052.8541666667</v>
+      </c>
+      <c r="B95" s="0" t="s">
+        <v>78</v>
+      </c>
+      <c r="C95" s="0" t="s">
+        <v>91</v>
+      </c>
+      <c r="D95" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="E95" s="0" t="s">
+        <v>115</v>
+      </c>
+      <c r="G95" s="0" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" s="3">
+        <v>46053.5625</v>
+      </c>
+      <c r="B96" s="0" t="s">
+        <v>122</v>
+      </c>
+      <c r="C96" s="0" t="s">
+        <v>132</v>
+      </c>
+      <c r="D96" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="E96" s="0" t="s">
+        <v>154</v>
+      </c>
+      <c r="G96" s="0" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" s="3">
+        <v>46053.625</v>
+      </c>
+      <c r="B97" s="0" t="s">
+        <v>174</v>
+      </c>
+      <c r="C97" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="D97" s="0" t="s">
+        <v>175</v>
+      </c>
+      <c r="E97" s="0" t="s">
+        <v>118</v>
+      </c>
+      <c r="G97" s="0" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" s="3">
+        <v>46053.75</v>
+      </c>
+      <c r="B98" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="C98" s="0" t="s">
+        <v>40</v>
+      </c>
+      <c r="D98" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="E98" s="0" t="s">
+        <v>72</v>
+      </c>
+      <c r="G98" s="0" t="s">
+        <v>73</v>
+      </c>
+      <c r="H98" s="0" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" s="3">
+        <v>46057.8645833333</v>
+      </c>
+      <c r="B99" s="0" t="s">
+        <v>122</v>
+      </c>
+      <c r="C99" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="D99" s="0" t="s">
+        <v>143</v>
+      </c>
+      <c r="E99" s="0" t="s">
+        <v>69</v>
+      </c>
+      <c r="G99" s="0" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" s="3">
+        <v>46058.8333333333</v>
+      </c>
+      <c r="B100" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="C100" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="D100" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="E100" s="0" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" s="3">
+        <v>46059.8541666667</v>
+      </c>
+      <c r="B101" s="0" t="s">
+        <v>174</v>
+      </c>
+      <c r="C101" s="0" t="s">
+        <v>175</v>
+      </c>
+      <c r="D101" s="0" t="s">
+        <v>182</v>
+      </c>
+      <c r="E101" s="0" t="s">
+        <v>69</v>
+      </c>
+      <c r="G101" s="0" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" s="3">
+        <v>46060.625</v>
+      </c>
+      <c r="B102" s="0" t="s">
+        <v>122</v>
+      </c>
+      <c r="C102" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="D102" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="E102" s="0" t="s">
+        <v>69</v>
+      </c>
+      <c r="G102" s="0" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" s="3">
+        <v>46060.7291666667</v>
+      </c>
+      <c r="B103" s="0" t="s">
+        <v>206</v>
+      </c>
+      <c r="C103" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="D103" s="0" t="s">
+        <v>91</v>
+      </c>
+      <c r="E103" s="0" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" s="3">
+        <v>46060.7291666667</v>
+      </c>
+      <c r="B104" s="0" t="s">
+        <v>78</v>
+      </c>
+      <c r="C104" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="D104" s="0" t="s">
+        <v>94</v>
+      </c>
+      <c r="E104" s="0" t="s">
+        <v>69</v>
+      </c>
+      <c r="G104" s="0" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" s="3">
+        <v>46064.8645833333</v>
+      </c>
+      <c r="B105" s="0" t="s">
+        <v>122</v>
+      </c>
+      <c r="C105" s="0" t="s">
+        <v>129</v>
+      </c>
+      <c r="D105" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="E105" s="0" t="s">
+        <v>152</v>
+      </c>
+      <c r="G105" s="0" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" s="3">
+        <v>46066.8125</v>
+      </c>
+      <c r="B106" s="0" t="s">
+        <v>206</v>
+      </c>
+      <c r="C106" s="0" t="s">
+        <v>193</v>
+      </c>
+      <c r="D106" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="E106" s="0" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" s="3">
+        <v>46066.8541666667</v>
+      </c>
+      <c r="B107" s="0" t="s">
+        <v>174</v>
+      </c>
+      <c r="C107" s="0" t="s">
+        <v>175</v>
+      </c>
+      <c r="D107" s="0" t="s">
+        <v>186</v>
+      </c>
+      <c r="E107" s="0" t="s">
+        <v>69</v>
+      </c>
+      <c r="G107" s="0" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" s="3">
+        <v>46067.5833333333</v>
+      </c>
+      <c r="B108" s="0" t="s">
+        <v>78</v>
+      </c>
+      <c r="C108" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="D108" s="0" t="s">
+        <v>98</v>
+      </c>
+      <c r="E108" s="0" t="s">
+        <v>69</v>
+      </c>
+      <c r="G108" s="0" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" s="3">
+        <v>46067.6666666667</v>
+      </c>
+      <c r="B109" s="0" t="s">
+        <v>122</v>
+      </c>
+      <c r="C109" s="0" t="s">
+        <v>137</v>
+      </c>
+      <c r="D109" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="E109" s="0" t="s">
+        <v>157</v>
+      </c>
+      <c r="G109" s="0" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" s="3">
         <v>46067.7291666667</v>
       </c>
-      <c r="B23" s="0" t="s">
+      <c r="B110" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="C23" s="0" t="s">
-[...5 lines deleted...]
-      <c r="E23" s="0" t="s">
+      <c r="C110" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="D110" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="E110" s="0" t="s">
         <v>16</v>
+      </c>
+      <c r="G110" s="0" t="s">
+        <v>76</v>
+      </c>
+      <c r="H110" s="0" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111" s="3">
+        <v>46075.5625</v>
+      </c>
+      <c r="B111" s="0" t="s">
+        <v>206</v>
+      </c>
+      <c r="C111" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="D111" s="0" t="s">
+        <v>137</v>
+      </c>
+      <c r="E111" s="0" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" s="3">
+        <v>46078.8541666667</v>
+      </c>
+      <c r="B112" s="0" t="s">
+        <v>174</v>
+      </c>
+      <c r="C112" s="0" t="s">
+        <v>190</v>
+      </c>
+      <c r="D112" s="0" t="s">
+        <v>175</v>
+      </c>
+      <c r="E112" s="0" t="s">
+        <v>201</v>
+      </c>
+      <c r="G112" s="0" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="113">
+      <c r="A113" s="3">
+        <v>46080.8541666667</v>
+      </c>
+      <c r="B113" s="0" t="s">
+        <v>122</v>
+      </c>
+      <c r="C113" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="D113" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="E113" s="0" t="s">
+        <v>69</v>
+      </c>
+      <c r="G113" s="0" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114" s="3">
+        <v>46081.4375</v>
+      </c>
+      <c r="B114" s="0" t="s">
+        <v>206</v>
+      </c>
+      <c r="C114" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="D114" s="0" t="s">
+        <v>147</v>
+      </c>
+      <c r="E114" s="0" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="115">
+      <c r="A115" s="3">
+        <v>46081.5833333333</v>
+      </c>
+      <c r="B115" s="0" t="s">
+        <v>122</v>
+      </c>
+      <c r="C115" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="D115" s="0" t="s">
+        <v>140</v>
+      </c>
+      <c r="E115" s="0" t="s">
+        <v>69</v>
+      </c>
+      <c r="G115" s="0" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="116">
+      <c r="A116" s="3">
+        <v>46081.75</v>
+      </c>
+      <c r="B116" s="0" t="s">
+        <v>78</v>
+      </c>
+      <c r="C116" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="D116" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="E116" s="0" t="s">
+        <v>118</v>
+      </c>
+      <c r="G116" s="0" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="117">
+      <c r="A117" s="3">
+        <v>46086.8645833333</v>
+      </c>
+      <c r="B117" s="0" t="s">
+        <v>78</v>
+      </c>
+      <c r="C117" s="0" t="s">
+        <v>105</v>
+      </c>
+      <c r="D117" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="E117" s="0" t="s">
+        <v>119</v>
+      </c>
+      <c r="G117" s="0" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118" s="3">
+        <v>46087.8541666667</v>
+      </c>
+      <c r="B118" s="0" t="s">
+        <v>122</v>
+      </c>
+      <c r="C118" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="D118" s="0" t="s">
+        <v>125</v>
+      </c>
+      <c r="E118" s="0" t="s">
+        <v>69</v>
+      </c>
+      <c r="G118" s="0" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119" s="3">
+        <v>46088.5833333333</v>
+      </c>
+      <c r="B119" s="0" t="s">
+        <v>122</v>
+      </c>
+      <c r="C119" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="D119" s="0" t="s">
+        <v>143</v>
+      </c>
+      <c r="E119" s="0" t="s">
+        <v>69</v>
+      </c>
+      <c r="G119" s="0" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120" s="3">
+        <v>46088.5833333333</v>
+      </c>
+      <c r="B120" s="0" t="s">
+        <v>206</v>
+      </c>
+      <c r="C120" s="0" t="s">
+        <v>87</v>
+      </c>
+      <c r="D120" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="E120" s="0" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" s="3">
+        <v>46088.6666666667</v>
+      </c>
+      <c r="B121" s="0" t="s">
+        <v>174</v>
+      </c>
+      <c r="C121" s="0" t="s">
+        <v>193</v>
+      </c>
+      <c r="D121" s="0" t="s">
+        <v>175</v>
+      </c>
+      <c r="E121" s="0" t="s">
+        <v>203</v>
+      </c>
+      <c r="G121" s="0" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="122">
+      <c r="A122" s="3">
+        <v>46089.5833333333</v>
+      </c>
+      <c r="B122" s="0" t="s">
+        <v>78</v>
+      </c>
+      <c r="C122" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="D122" s="0" t="s">
+        <v>108</v>
+      </c>
+      <c r="E122" s="0" t="s">
+        <v>69</v>
+      </c>
+      <c r="G122" s="0" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="123">
+      <c r="A123" s="3">
+        <v>46094.8541666667</v>
+      </c>
+      <c r="B123" s="0" t="s">
+        <v>174</v>
+      </c>
+      <c r="C123" s="0" t="s">
+        <v>175</v>
+      </c>
+      <c r="D123" s="0" t="s">
+        <v>79</v>
+      </c>
+      <c r="E123" s="0" t="s">
+        <v>69</v>
+      </c>
+      <c r="G123" s="0" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="124">
+      <c r="A124" s="3">
+        <v>46095.5833333333</v>
+      </c>
+      <c r="B124" s="0" t="s">
+        <v>206</v>
+      </c>
+      <c r="C124" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="D124" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="E124" s="0" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="125">
+      <c r="A125" s="3">
+        <v>46095.6666666667</v>
+      </c>
+      <c r="B125" s="0" t="s">
+        <v>122</v>
+      </c>
+      <c r="C125" s="0" t="s">
+        <v>137</v>
+      </c>
+      <c r="D125" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="E125" s="0" t="s">
+        <v>157</v>
+      </c>
+      <c r="G125" s="0" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="126">
+      <c r="A126" s="3">
+        <v>46095.7083333333</v>
+      </c>
+      <c r="B126" s="0" t="s">
+        <v>122</v>
+      </c>
+      <c r="C126" s="0" t="s">
+        <v>147</v>
+      </c>
+      <c r="D126" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="E126" s="0" t="s">
+        <v>95</v>
+      </c>
+      <c r="G126" s="0" t="s">
+        <v>101</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H19"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.6921789986747" customWidth="1" style="3"/>
     <col min="2" max="2" width="9.140625" customWidth="1"/>
     <col min="3" max="3" width="19.8882337297712" customWidth="1"/>
     <col min="4" max="4" width="19.8882337297712" customWidth="1"/>
     <col min="5" max="5" width="27.798575265067" customWidth="1"/>
     <col min="6" max="6" width="33.040762765067" customWidth="1"/>
     <col min="7" max="7" width="26.7857404436384" customWidth="1"/>
     <col min="8" max="8" width="9.140625" customWidth="1"/>
   </cols>
   <sheetData>
@@ -1265,803 +4276,872 @@
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="3">
         <v>45927.7083333333</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>65</v>
+        <v>78</v>
       </c>
       <c r="C2" s="0" t="s">
-        <v>66</v>
+        <v>79</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E2" s="0" t="s">
-        <v>67</v>
+        <v>80</v>
       </c>
       <c r="F2" s="0" t="s">
-        <v>68</v>
+        <v>81</v>
       </c>
       <c r="G2" s="0" t="s">
-        <v>69</v>
+        <v>82</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="3">
         <v>45940.8541666667</v>
       </c>
       <c r="B3" s="0" t="s">
-        <v>65</v>
+        <v>78</v>
       </c>
       <c r="C3" s="0" t="s">
-        <v>70</v>
+        <v>83</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E3" s="0" t="s">
-        <v>71</v>
+        <v>84</v>
       </c>
       <c r="F3" s="0" t="s">
-        <v>72</v>
+        <v>85</v>
       </c>
       <c r="G3" s="0" t="s">
-        <v>73</v>
+        <v>86</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="3">
         <v>45960.875</v>
       </c>
       <c r="B4" s="0" t="s">
-        <v>65</v>
+        <v>78</v>
       </c>
       <c r="C4" s="0" t="s">
-        <v>74</v>
+        <v>87</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E4" s="0" t="s">
-        <v>75</v>
+        <v>88</v>
       </c>
       <c r="F4" s="0" t="s">
-        <v>76</v>
+        <v>89</v>
       </c>
       <c r="G4" s="0" t="s">
-        <v>77</v>
+        <v>90</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="3">
         <v>45968.8541666667</v>
       </c>
       <c r="B5" s="0" t="s">
-        <v>65</v>
+        <v>78</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D5" s="0" t="s">
-        <v>78</v>
+        <v>91</v>
       </c>
       <c r="E5" s="0" t="s">
-        <v>79</v>
+        <v>69</v>
       </c>
       <c r="F5" s="0" t="s">
-        <v>80</v>
+        <v>92</v>
       </c>
       <c r="G5" s="0" t="s">
-        <v>81</v>
+        <v>93</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="3">
         <v>45973.8541666667</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>65</v>
+        <v>78</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>82</v>
+        <v>94</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E6" s="0" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
       <c r="F6" s="0" t="s">
-        <v>84</v>
+        <v>96</v>
       </c>
       <c r="G6" s="0" t="s">
-        <v>85</v>
+        <v>97</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="3">
         <v>45981.8541666667</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>65</v>
+        <v>78</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>86</v>
+        <v>98</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E7" s="0" t="s">
-        <v>87</v>
+        <v>99</v>
       </c>
       <c r="F7" s="0" t="s">
-        <v>88</v>
+        <v>100</v>
       </c>
       <c r="G7" s="0" t="s">
-        <v>89</v>
+        <v>101</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="3">
         <v>45990.5833333333</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>65</v>
+        <v>78</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D8" s="0" t="s">
-        <v>90</v>
+        <v>102</v>
       </c>
       <c r="E8" s="0" t="s">
-        <v>79</v>
+        <v>69</v>
+      </c>
+      <c r="F8" s="0" t="s">
+        <v>103</v>
       </c>
       <c r="G8" s="0" t="s">
-        <v>91</v>
+        <v>104</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="3">
         <v>45997.7291666667</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>65</v>
+        <v>78</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D9" s="0" t="s">
-        <v>92</v>
+        <v>105</v>
       </c>
       <c r="E9" s="0" t="s">
-        <v>79</v>
+        <v>69</v>
+      </c>
+      <c r="F9" s="0" t="s">
+        <v>106</v>
       </c>
       <c r="G9" s="0" t="s">
-        <v>93</v>
+        <v>107</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="3">
         <v>46002.8541666667</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>65</v>
+        <v>78</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>94</v>
+        <v>108</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E10" s="0" t="s">
-        <v>95</v>
+        <v>109</v>
+      </c>
+      <c r="F10" s="0" t="s">
+        <v>110</v>
       </c>
       <c r="G10" s="0" t="s">
-        <v>96</v>
+        <v>111</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="3">
         <v>46011.7083333333</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>65</v>
+        <v>78</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>66</v>
+        <v>79</v>
       </c>
       <c r="E11" s="0" t="s">
-        <v>79</v>
+        <v>69</v>
+      </c>
+      <c r="F11" s="0" t="s">
+        <v>112</v>
       </c>
       <c r="G11" s="0" t="s">
-        <v>91</v>
+        <v>104</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="3">
         <v>46038.8541666667</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>65</v>
+        <v>78</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>70</v>
+        <v>83</v>
       </c>
       <c r="E12" s="0" t="s">
-        <v>79</v>
+        <v>69</v>
+      </c>
+      <c r="G12" s="0" t="s">
+        <v>113</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="3">
         <v>46046.7291666667</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>65</v>
+        <v>78</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>74</v>
+        <v>87</v>
       </c>
       <c r="E13" s="0" t="s">
-        <v>79</v>
+        <v>69</v>
+      </c>
+      <c r="G13" s="0" t="s">
+        <v>114</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="3">
         <v>46052.8541666667</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>65</v>
+        <v>78</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>78</v>
+        <v>91</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E14" s="0" t="s">
-        <v>97</v>
+        <v>115</v>
+      </c>
+      <c r="G14" s="0" t="s">
+        <v>90</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="3">
         <v>46060.7291666667</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>65</v>
+        <v>78</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>82</v>
+        <v>94</v>
       </c>
       <c r="E15" s="0" t="s">
-        <v>79</v>
+        <v>69</v>
+      </c>
+      <c r="G15" s="0" t="s">
+        <v>116</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="3">
         <v>46067.5833333333</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>65</v>
+        <v>78</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>86</v>
+        <v>98</v>
       </c>
       <c r="E16" s="0" t="s">
-        <v>79</v>
+        <v>69</v>
+      </c>
+      <c r="G16" s="0" t="s">
+        <v>117</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="3">
         <v>46081.75</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>65</v>
+        <v>78</v>
       </c>
       <c r="C17" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="D17" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="E17" s="0" t="s">
+        <v>118</v>
+      </c>
+      <c r="G17" s="0" t="s">
         <v>90</v>
-      </c>
-[...4 lines deleted...]
-        <v>98</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="3">
         <v>46086.8645833333</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>65</v>
+        <v>78</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>92</v>
+        <v>105</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E18" s="0" t="s">
-        <v>99</v>
+        <v>119</v>
+      </c>
+      <c r="G18" s="0" t="s">
+        <v>120</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="3">
         <v>46089.5833333333</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>65</v>
+        <v>78</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>94</v>
+        <v>108</v>
       </c>
       <c r="E19" s="0" t="s">
-        <v>79</v>
+        <v>69</v>
+      </c>
+      <c r="G19" s="0" t="s">
+        <v>121</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H19"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.6921789986747" customWidth="1" style="3"/>
     <col min="2" max="2" width="9.140625" customWidth="1"/>
     <col min="3" max="3" width="21.5496913364955" customWidth="1"/>
     <col min="4" max="4" width="21.5496913364955" customWidth="1"/>
     <col min="5" max="5" width="23.3288029261998" customWidth="1"/>
     <col min="6" max="6" width="31.9471064976283" customWidth="1"/>
-    <col min="7" max="7" width="17.9751031058175" customWidth="1"/>
+    <col min="7" max="7" width="20.0887560163225" customWidth="1"/>
     <col min="8" max="8" width="9.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" s="1" customFormat="1">
       <c r="A1" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="3">
         <v>45934.7291666667</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>100</v>
+        <v>122</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E2" s="0" t="s">
-        <v>79</v>
+        <v>69</v>
       </c>
       <c r="F2" s="0" t="s">
-        <v>101</v>
+        <v>123</v>
       </c>
       <c r="G2" s="0" t="s">
-        <v>102</v>
+        <v>124</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="3">
         <v>45940.8541666667</v>
       </c>
       <c r="B3" s="0" t="s">
-        <v>100</v>
+        <v>122</v>
       </c>
       <c r="C3" s="0" t="s">
-        <v>103</v>
+        <v>125</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E3" s="0" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="F3" s="0" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="G3" s="0" t="s">
-        <v>106</v>
+        <v>128</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="3">
         <v>45961.8541666667</v>
       </c>
       <c r="B4" s="0" t="s">
-        <v>100</v>
+        <v>122</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D4" s="0" t="s">
-        <v>107</v>
+        <v>129</v>
       </c>
       <c r="E4" s="0" t="s">
-        <v>79</v>
+        <v>69</v>
       </c>
       <c r="F4" s="0" t="s">
-        <v>108</v>
+        <v>130</v>
       </c>
       <c r="G4" s="0" t="s">
-        <v>109</v>
+        <v>131</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="3">
         <v>45966.8125</v>
       </c>
       <c r="B5" s="0" t="s">
-        <v>100</v>
+        <v>122</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D5" s="0" t="s">
-        <v>110</v>
+        <v>132</v>
       </c>
       <c r="E5" s="0" t="s">
-        <v>79</v>
+        <v>69</v>
       </c>
       <c r="F5" s="0" t="s">
-        <v>111</v>
+        <v>133</v>
       </c>
       <c r="G5" s="0" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="3">
         <v>45975.8541666667</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>100</v>
+        <v>122</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>113</v>
+        <v>134</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E6" s="0" t="s">
-        <v>114</v>
+        <v>135</v>
       </c>
       <c r="F6" s="0" t="s">
-        <v>115</v>
+        <v>136</v>
       </c>
       <c r="G6" s="0" t="s">
-        <v>106</v>
+        <v>128</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="3">
         <v>45983.5833333333</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>100</v>
+        <v>122</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D7" s="0" t="s">
-        <v>116</v>
+        <v>137</v>
       </c>
       <c r="E7" s="0" t="s">
-        <v>79</v>
+        <v>69</v>
       </c>
       <c r="F7" s="0" t="s">
-        <v>117</v>
+        <v>138</v>
       </c>
       <c r="G7" s="0" t="s">
-        <v>118</v>
+        <v>139</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="3">
         <v>45988.8645833333</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>100</v>
+        <v>122</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>119</v>
+        <v>140</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E8" s="0" t="s">
-        <v>120</v>
+        <v>141</v>
       </c>
       <c r="F8" s="0" t="s">
-        <v>121</v>
+        <v>142</v>
       </c>
       <c r="G8" s="0" t="s">
-        <v>96</v>
+        <v>111</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="3">
         <v>45998.5833333333</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>100</v>
+        <v>122</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>122</v>
+        <v>143</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E9" s="0" t="s">
-        <v>123</v>
+        <v>144</v>
+      </c>
+      <c r="F9" s="0" t="s">
+        <v>145</v>
       </c>
       <c r="G9" s="0" t="s">
-        <v>124</v>
+        <v>146</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="3">
         <v>46004.5833333333</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>100</v>
+        <v>122</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>125</v>
+        <v>147</v>
       </c>
       <c r="E10" s="0" t="s">
-        <v>79</v>
+        <v>69</v>
+      </c>
+      <c r="F10" s="0" t="s">
+        <v>148</v>
       </c>
       <c r="G10" s="0" t="s">
-        <v>126</v>
+        <v>149</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="3">
         <v>46010.8541666667</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>100</v>
+        <v>122</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E11" s="0" t="s">
-        <v>79</v>
+        <v>69</v>
+      </c>
+      <c r="F11" s="0" t="s">
+        <v>150</v>
       </c>
       <c r="G11" s="0" t="s">
-        <v>127</v>
+        <v>117</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="3">
         <v>46040.6875</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>100</v>
+        <v>122</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>103</v>
+        <v>125</v>
       </c>
       <c r="E12" s="0" t="s">
-        <v>79</v>
+        <v>69</v>
+      </c>
+      <c r="G12" s="0" t="s">
+        <v>151</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="3">
         <v>46044.8645833333</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>100</v>
+        <v>122</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>107</v>
+        <v>129</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E13" s="0" t="s">
-        <v>128</v>
+        <v>152</v>
+      </c>
+      <c r="G13" s="0" t="s">
+        <v>153</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="3">
         <v>46053.5625</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>100</v>
+        <v>122</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>110</v>
+        <v>132</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E14" s="0" t="s">
-        <v>129</v>
+        <v>154</v>
+      </c>
+      <c r="G14" s="0" t="s">
+        <v>155</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="3">
         <v>46060.625</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>100</v>
+        <v>122</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>113</v>
+        <v>134</v>
       </c>
       <c r="E15" s="0" t="s">
-        <v>79</v>
+        <v>69</v>
+      </c>
+      <c r="G15" s="0" t="s">
+        <v>156</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="3">
         <v>46067.6666666667</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>100</v>
+        <v>122</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>116</v>
+        <v>137</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E16" s="0" t="s">
-        <v>130</v>
+        <v>157</v>
+      </c>
+      <c r="G16" s="0" t="s">
+        <v>120</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="3">
         <v>46081.5833333333</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>100</v>
+        <v>122</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>119</v>
+        <v>140</v>
       </c>
       <c r="E17" s="0" t="s">
-        <v>79</v>
+        <v>69</v>
+      </c>
+      <c r="G17" s="0" t="s">
+        <v>146</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="3">
         <v>46088.5833333333</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>100</v>
+        <v>122</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>122</v>
+        <v>143</v>
       </c>
       <c r="E18" s="0" t="s">
-        <v>79</v>
+        <v>69</v>
+      </c>
+      <c r="G18" s="0" t="s">
+        <v>116</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="3">
         <v>46095.7083333333</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>100</v>
+        <v>122</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>125</v>
+        <v>147</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E19" s="0" t="s">
-        <v>83</v>
+        <v>95</v>
+      </c>
+      <c r="G19" s="0" t="s">
+        <v>101</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H19"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.6921789986747" customWidth="1" style="3"/>
     <col min="2" max="2" width="9.140625" customWidth="1"/>
     <col min="3" max="3" width="21.5496913364955" customWidth="1"/>
     <col min="4" max="4" width="21.5496913364955" customWidth="1"/>
     <col min="5" max="5" width="35.3170819963728" customWidth="1"/>
     <col min="6" max="6" width="33.040762765067" customWidth="1"/>
     <col min="7" max="7" width="22.3231288364955" customWidth="1"/>
     <col min="8" max="8" width="9.140625" customWidth="1"/>
   </cols>
   <sheetData>
@@ -2074,1167 +5154,1248 @@
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="3">
         <v>45934.7291666667</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>100</v>
+        <v>122</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E2" s="0" t="s">
-        <v>79</v>
+        <v>69</v>
       </c>
       <c r="F2" s="0" t="s">
-        <v>101</v>
+        <v>123</v>
       </c>
       <c r="G2" s="0" t="s">
-        <v>102</v>
+        <v>124</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="3">
         <v>45938.8645833333</v>
       </c>
       <c r="B3" s="0" t="s">
-        <v>100</v>
+        <v>122</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D3" s="0" t="s">
-        <v>119</v>
+        <v>140</v>
       </c>
       <c r="E3" s="0" t="s">
-        <v>79</v>
+        <v>69</v>
       </c>
       <c r="F3" s="0" t="s">
-        <v>131</v>
+        <v>158</v>
       </c>
       <c r="G3" s="0" t="s">
-        <v>118</v>
+        <v>139</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="3">
         <v>45962.5625</v>
       </c>
       <c r="B4" s="0" t="s">
-        <v>100</v>
+        <v>122</v>
       </c>
       <c r="C4" s="0" t="s">
-        <v>110</v>
+        <v>132</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E4" s="0" t="s">
-        <v>129</v>
+        <v>154</v>
       </c>
       <c r="F4" s="0" t="s">
-        <v>132</v>
+        <v>159</v>
       </c>
       <c r="G4" s="0" t="s">
-        <v>77</v>
+        <v>90</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="3">
         <v>45966.8125</v>
       </c>
       <c r="B5" s="0" t="s">
-        <v>100</v>
+        <v>122</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D5" s="0" t="s">
-        <v>125</v>
+        <v>147</v>
       </c>
       <c r="E5" s="0" t="s">
-        <v>79</v>
+        <v>69</v>
       </c>
       <c r="F5" s="0" t="s">
-        <v>133</v>
+        <v>160</v>
       </c>
       <c r="G5" s="0" t="s">
-        <v>89</v>
+        <v>101</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="3">
         <v>45974.8645833333</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>100</v>
+        <v>122</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>122</v>
+        <v>143</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E6" s="0" t="s">
-        <v>123</v>
+        <v>144</v>
       </c>
       <c r="F6" s="0" t="s">
-        <v>134</v>
+        <v>161</v>
       </c>
       <c r="G6" s="0" t="s">
-        <v>135</v>
+        <v>76</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="3">
         <v>45982.8541666667</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>100</v>
+        <v>122</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D7" s="0" t="s">
-        <v>107</v>
+        <v>129</v>
       </c>
       <c r="E7" s="0" t="s">
-        <v>79</v>
+        <v>69</v>
       </c>
       <c r="F7" s="0" t="s">
-        <v>136</v>
+        <v>162</v>
       </c>
       <c r="G7" s="0" t="s">
-        <v>137</v>
+        <v>163</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="3">
         <v>45990.75</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>100</v>
+        <v>122</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>113</v>
+        <v>134</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E8" s="0" t="s">
-        <v>114</v>
+        <v>135</v>
+      </c>
+      <c r="F8" s="0" t="s">
+        <v>164</v>
       </c>
       <c r="G8" s="0" t="s">
-        <v>138</v>
+        <v>165</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="3">
         <v>45996.8541666667</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>100</v>
+        <v>122</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>103</v>
+        <v>125</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E9" s="0" t="s">
-        <v>104</v>
+        <v>126</v>
+      </c>
+      <c r="F9" s="0" t="s">
+        <v>166</v>
       </c>
       <c r="G9" s="0" t="s">
-        <v>106</v>
+        <v>167</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="3">
         <v>46001.8645833333</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>100</v>
+        <v>122</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>116</v>
+        <v>137</v>
       </c>
       <c r="E10" s="0" t="s">
-        <v>79</v>
+        <v>69</v>
+      </c>
+      <c r="F10" s="0" t="s">
+        <v>168</v>
       </c>
       <c r="G10" s="0" t="s">
-        <v>139</v>
+        <v>169</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="3">
         <v>46010.8541666667</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>100</v>
+        <v>122</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E11" s="0" t="s">
-        <v>79</v>
+        <v>69</v>
+      </c>
+      <c r="F11" s="0" t="s">
+        <v>150</v>
       </c>
       <c r="G11" s="0" t="s">
-        <v>127</v>
+        <v>117</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="3">
         <v>46035.84375</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>100</v>
+        <v>122</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>119</v>
+        <v>140</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E12" s="0" t="s">
-        <v>120</v>
+        <v>141</v>
+      </c>
+      <c r="G12" s="0" t="s">
+        <v>104</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="3">
         <v>46046.625</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>100</v>
+        <v>122</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>110</v>
+        <v>132</v>
       </c>
       <c r="E13" s="0" t="s">
-        <v>79</v>
+        <v>69</v>
+      </c>
+      <c r="G13" s="0" t="s">
+        <v>104</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="3">
         <v>46048.875</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>100</v>
+        <v>122</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>125</v>
+        <v>147</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E14" s="0" t="s">
-        <v>140</v>
+        <v>170</v>
+      </c>
+      <c r="G14" s="0" t="s">
+        <v>156</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="3">
         <v>46057.8645833333</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>100</v>
+        <v>122</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>122</v>
+        <v>143</v>
       </c>
       <c r="E15" s="0" t="s">
-        <v>79</v>
+        <v>69</v>
+      </c>
+      <c r="G15" s="0" t="s">
+        <v>171</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="3">
         <v>46064.8645833333</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>100</v>
+        <v>122</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>107</v>
+        <v>129</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E16" s="0" t="s">
-        <v>128</v>
+        <v>152</v>
+      </c>
+      <c r="G16" s="0" t="s">
+        <v>172</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="3">
         <v>46080.8541666667</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>100</v>
+        <v>122</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>113</v>
+        <v>134</v>
       </c>
       <c r="E17" s="0" t="s">
-        <v>79</v>
+        <v>69</v>
+      </c>
+      <c r="G17" s="0" t="s">
+        <v>120</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="3">
         <v>46087.8541666667</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>100</v>
+        <v>122</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>103</v>
+        <v>125</v>
       </c>
       <c r="E18" s="0" t="s">
-        <v>79</v>
+        <v>69</v>
+      </c>
+      <c r="G18" s="0" t="s">
+        <v>173</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="3">
         <v>46095.6666666667</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>100</v>
+        <v>122</v>
       </c>
       <c r="C19" s="0" t="s">
+        <v>137</v>
+      </c>
+      <c r="D19" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="E19" s="0" t="s">
+        <v>157</v>
+      </c>
+      <c r="G19" s="0" t="s">
         <v>116</v>
-      </c>
-[...4 lines deleted...]
-        <v>130</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H17"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.6921789986747" customWidth="1" style="3"/>
     <col min="2" max="2" width="13.7723497663225" customWidth="1"/>
     <col min="3" max="3" width="17.413440159389" customWidth="1"/>
     <col min="4" max="4" width="17.413440159389" customWidth="1"/>
     <col min="5" max="5" width="26.1954323904855" customWidth="1"/>
-    <col min="6" max="6" width="21.9834725516183" customWidth="1"/>
-    <col min="7" max="7" width="26.7857404436384" customWidth="1"/>
+    <col min="6" max="6" width="33.040762765067" customWidth="1"/>
+    <col min="7" max="7" width="28.0932181222098" customWidth="1"/>
     <col min="8" max="8" width="9.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" s="1" customFormat="1">
       <c r="A1" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="3">
         <v>45940.8541666667</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>141</v>
+        <v>174</v>
       </c>
       <c r="C2" s="0" t="s">
-        <v>142</v>
+        <v>175</v>
       </c>
       <c r="D2" s="0" t="s">
-        <v>143</v>
+        <v>176</v>
       </c>
       <c r="E2" s="0" t="s">
-        <v>79</v>
+        <v>69</v>
       </c>
       <c r="F2" s="0" t="s">
-        <v>144</v>
+        <v>177</v>
       </c>
       <c r="G2" s="0" t="s">
-        <v>69</v>
+        <v>82</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="3">
         <v>45962.6666666667</v>
       </c>
       <c r="B3" s="0" t="s">
-        <v>141</v>
+        <v>174</v>
       </c>
       <c r="C3" s="0" t="s">
-        <v>116</v>
+        <v>137</v>
       </c>
       <c r="D3" s="0" t="s">
-        <v>142</v>
+        <v>175</v>
       </c>
       <c r="E3" s="0" t="s">
-        <v>130</v>
+        <v>157</v>
       </c>
       <c r="F3" s="0" t="s">
-        <v>145</v>
+        <v>178</v>
       </c>
       <c r="G3" s="0" t="s">
-        <v>146</v>
+        <v>179</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="3">
         <v>45965.8645833333</v>
       </c>
       <c r="B4" s="0" t="s">
-        <v>141</v>
+        <v>174</v>
       </c>
       <c r="C4" s="0" t="s">
-        <v>142</v>
+        <v>175</v>
       </c>
       <c r="D4" s="0" t="s">
-        <v>90</v>
+        <v>102</v>
       </c>
       <c r="E4" s="0" t="s">
-        <v>147</v>
+        <v>180</v>
       </c>
       <c r="F4" s="0" t="s">
-        <v>148</v>
+        <v>181</v>
       </c>
       <c r="G4" s="0" t="s">
-        <v>149</v>
+        <v>156</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="3">
         <v>45972.875</v>
       </c>
       <c r="B5" s="0" t="s">
-        <v>141</v>
+        <v>174</v>
       </c>
       <c r="C5" s="0" t="s">
-        <v>150</v>
+        <v>182</v>
       </c>
       <c r="D5" s="0" t="s">
-        <v>142</v>
+        <v>175</v>
       </c>
       <c r="E5" s="0" t="s">
-        <v>151</v>
+        <v>183</v>
       </c>
       <c r="F5" s="0" t="s">
-        <v>152</v>
+        <v>184</v>
       </c>
       <c r="G5" s="0" t="s">
-        <v>153</v>
+        <v>185</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="3">
         <v>45978.84375</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>141</v>
+        <v>174</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>154</v>
+        <v>186</v>
       </c>
       <c r="D6" s="0" t="s">
-        <v>142</v>
+        <v>175</v>
       </c>
       <c r="E6" s="0" t="s">
-        <v>155</v>
+        <v>187</v>
       </c>
       <c r="F6" s="0" t="s">
-        <v>156</v>
+        <v>188</v>
       </c>
       <c r="G6" s="0" t="s">
-        <v>157</v>
+        <v>189</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="3">
         <v>45989.8541666667</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>141</v>
+        <v>174</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>142</v>
+        <v>175</v>
       </c>
       <c r="D7" s="0" t="s">
-        <v>158</v>
+        <v>190</v>
       </c>
       <c r="E7" s="0" t="s">
-        <v>79</v>
+        <v>69</v>
+      </c>
+      <c r="F7" s="0" t="s">
+        <v>191</v>
       </c>
       <c r="G7" s="0" t="s">
-        <v>159</v>
+        <v>192</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="3">
         <v>45996.8541666667</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>141</v>
+        <v>174</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>142</v>
+        <v>175</v>
       </c>
       <c r="D8" s="0" t="s">
-        <v>160</v>
+        <v>193</v>
       </c>
       <c r="E8" s="0" t="s">
-        <v>79</v>
+        <v>69</v>
+      </c>
+      <c r="F8" s="0" t="s">
+        <v>194</v>
       </c>
       <c r="G8" s="0" t="s">
-        <v>161</v>
+        <v>121</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="3">
         <v>46007.8645833333</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>141</v>
+        <v>174</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>66</v>
+        <v>79</v>
       </c>
       <c r="D9" s="0" t="s">
-        <v>142</v>
+        <v>175</v>
       </c>
       <c r="E9" s="0" t="s">
-        <v>67</v>
+        <v>80</v>
+      </c>
+      <c r="F9" s="0" t="s">
+        <v>195</v>
       </c>
       <c r="G9" s="0" t="s">
-        <v>162</v>
+        <v>196</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="3">
         <v>46036.8333333333</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>141</v>
+        <v>174</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>143</v>
+        <v>176</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>142</v>
+        <v>175</v>
       </c>
       <c r="E10" s="0" t="s">
-        <v>163</v>
+        <v>197</v>
+      </c>
+      <c r="G10" s="0" t="s">
+        <v>114</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="3">
         <v>46046.7291666667</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>141</v>
+        <v>174</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>142</v>
+        <v>175</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>116</v>
+        <v>137</v>
       </c>
       <c r="E11" s="0" t="s">
-        <v>79</v>
+        <v>69</v>
+      </c>
+      <c r="G11" s="0" t="s">
+        <v>198</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="3">
         <v>46053.625</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>141</v>
+        <v>174</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>90</v>
+        <v>102</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>142</v>
+        <v>175</v>
       </c>
       <c r="E12" s="0" t="s">
-        <v>98</v>
+        <v>118</v>
+      </c>
+      <c r="G12" s="0" t="s">
+        <v>149</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="3">
         <v>46059.8541666667</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>141</v>
+        <v>174</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>142</v>
+        <v>175</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>150</v>
+        <v>182</v>
       </c>
       <c r="E13" s="0" t="s">
-        <v>79</v>
+        <v>69</v>
+      </c>
+      <c r="G13" s="0" t="s">
+        <v>199</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="3">
         <v>46066.8541666667</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>141</v>
+        <v>174</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>142</v>
+        <v>175</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>154</v>
+        <v>186</v>
       </c>
       <c r="E14" s="0" t="s">
-        <v>79</v>
+        <v>69</v>
+      </c>
+      <c r="G14" s="0" t="s">
+        <v>200</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="3">
         <v>46078.8541666667</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>141</v>
+        <v>174</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>158</v>
+        <v>190</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>142</v>
+        <v>175</v>
       </c>
       <c r="E15" s="0" t="s">
-        <v>164</v>
+        <v>201</v>
+      </c>
+      <c r="G15" s="0" t="s">
+        <v>202</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="3">
         <v>46088.6666666667</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>141</v>
+        <v>174</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>160</v>
+        <v>193</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>142</v>
+        <v>175</v>
       </c>
       <c r="E16" s="0" t="s">
-        <v>165</v>
+        <v>203</v>
+      </c>
+      <c r="G16" s="0" t="s">
+        <v>204</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="3">
         <v>46094.8541666667</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>141</v>
+        <v>174</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>142</v>
+        <v>175</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>66</v>
+        <v>79</v>
       </c>
       <c r="E17" s="0" t="s">
-        <v>79</v>
+        <v>69</v>
+      </c>
+      <c r="G17" s="0" t="s">
+        <v>205</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H21"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.6921789986747" customWidth="1" style="3"/>
     <col min="2" max="2" width="9.140625" customWidth="1"/>
     <col min="3" max="3" width="19.8882337297712" customWidth="1"/>
     <col min="4" max="4" width="19.8882337297712" customWidth="1"/>
     <col min="5" max="5" width="26.1954323904855" customWidth="1"/>
-    <col min="6" max="6" width="27.5121176583426" customWidth="1"/>
+    <col min="6" max="6" width="30.8534480503627" customWidth="1"/>
     <col min="7" max="7" width="9.140625" customWidth="1"/>
     <col min="8" max="8" width="9.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" s="1" customFormat="1">
       <c r="A1" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="3">
         <v>45920.5833333333</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="C2" s="0" t="s">
-        <v>66</v>
+        <v>79</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E2" s="0" t="s">
-        <v>67</v>
+        <v>80</v>
       </c>
       <c r="F2" s="0" t="s">
-        <v>167</v>
+        <v>207</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="3">
         <v>45925.7708333333</v>
       </c>
       <c r="B3" s="0" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="C3" s="0" t="s">
-        <v>92</v>
+        <v>105</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E3" s="0" t="s">
-        <v>168</v>
+        <v>208</v>
       </c>
       <c r="F3" s="0" t="s">
-        <v>169</v>
+        <v>209</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="3">
         <v>45934.7291666667</v>
       </c>
       <c r="B4" s="0" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D4" s="0" t="s">
-        <v>170</v>
+        <v>210</v>
       </c>
       <c r="E4" s="0" t="s">
-        <v>79</v>
+        <v>69</v>
       </c>
       <c r="F4" s="0" t="s">
-        <v>171</v>
+        <v>211</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="3">
         <v>45941.7083333333</v>
       </c>
       <c r="B5" s="0" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D5" s="0" t="s">
-        <v>172</v>
+        <v>212</v>
       </c>
       <c r="E5" s="0" t="s">
-        <v>79</v>
+        <v>69</v>
       </c>
       <c r="F5" s="0" t="s">
-        <v>173</v>
+        <v>213</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="3">
         <v>45969.5416666667</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>78</v>
+        <v>91</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E6" s="0" t="s">
-        <v>123</v>
+        <v>144</v>
       </c>
       <c r="F6" s="0" t="s">
-        <v>174</v>
+        <v>214</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="3">
         <v>45976.5833333333</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D7" s="0" t="s">
-        <v>160</v>
+        <v>193</v>
       </c>
       <c r="E7" s="0" t="s">
-        <v>79</v>
+        <v>69</v>
       </c>
       <c r="F7" s="0" t="s">
-        <v>175</v>
+        <v>215</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="3">
         <v>45978.7916666667</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>116</v>
+        <v>137</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E8" s="0" t="s">
-        <v>130</v>
+        <v>157</v>
       </c>
       <c r="F8" s="0" t="s">
-        <v>176</v>
+        <v>216</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="3">
         <v>45990.625</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>125</v>
+        <v>147</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E9" s="0" t="s">
-        <v>83</v>
+        <v>95</v>
+      </c>
+      <c r="F9" s="0" t="s">
+        <v>217</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="3">
         <v>45997.4166666667</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>74</v>
+        <v>87</v>
       </c>
       <c r="E10" s="0" t="s">
-        <v>79</v>
+        <v>69</v>
+      </c>
+      <c r="F10" s="0" t="s">
+        <v>218</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="3">
         <v>46003.8541666667</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>90</v>
+        <v>102</v>
       </c>
       <c r="E11" s="0" t="s">
-        <v>177</v>
+        <v>219</v>
+      </c>
+      <c r="F11" s="0" t="s">
+        <v>220</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="3">
         <v>46011.7083333333</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>66</v>
+        <v>79</v>
       </c>
       <c r="E12" s="0" t="s">
-        <v>79</v>
+        <v>69</v>
+      </c>
+      <c r="F12" s="0" t="s">
+        <v>221</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="3">
         <v>46033.5833333333</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>92</v>
+        <v>105</v>
       </c>
       <c r="E13" s="0" t="s">
-        <v>79</v>
+        <v>69</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="3">
         <v>46038.7916666667</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>170</v>
+        <v>210</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E14" s="0" t="s">
-        <v>178</v>
+        <v>222</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="3">
         <v>46046.4375</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>172</v>
+        <v>212</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E15" s="0" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="3">
         <v>46060.7291666667</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>78</v>
+        <v>91</v>
       </c>
       <c r="E16" s="0" t="s">
-        <v>79</v>
+        <v>69</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="3">
         <v>46066.8125</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>160</v>
+        <v>193</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E17" s="0" t="s">
-        <v>165</v>
+        <v>203</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="3">
         <v>46075.5625</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>116</v>
+        <v>137</v>
       </c>
       <c r="E18" s="0" t="s">
-        <v>79</v>
+        <v>69</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="3">
         <v>46081.4375</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>125</v>
+        <v>147</v>
       </c>
       <c r="E19" s="0" t="s">
-        <v>147</v>
+        <v>180</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="3">
         <v>46088.5833333333</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>74</v>
+        <v>87</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E20" s="0" t="s">
-        <v>179</v>
+        <v>223</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="3">
         <v>46095.5833333333</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>90</v>
+        <v>102</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E21" s="0" t="s">
-        <v>98</v>
+        <v>118</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H15"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.6921789986747" customWidth="1" style="3"/>
     <col min="2" max="2" width="9.140625" customWidth="1"/>
     <col min="3" max="3" width="19.8882337297712" customWidth="1"/>
     <col min="4" max="4" width="19.8882337297712" customWidth="1"/>
     <col min="5" max="5" width="22.8469390869141" customWidth="1"/>
     <col min="6" max="6" width="33.040762765067" customWidth="1"/>
     <col min="7" max="7" width="9.140625" customWidth="1"/>
     <col min="8" max="8" width="9.140625" customWidth="1"/>
   </cols>
   <sheetData>
@@ -3247,2794 +6408,396 @@
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="3">
         <v>45920.5833333333</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>180</v>
+        <v>224</v>
       </c>
       <c r="C2" s="0" t="s">
-        <v>181</v>
+        <v>225</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E2" s="0" t="s">
-        <v>114</v>
+        <v>135</v>
       </c>
       <c r="F2" s="0" t="s">
-        <v>182</v>
+        <v>226</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="3">
         <v>45927.6041666667</v>
       </c>
       <c r="B3" s="0" t="s">
-        <v>180</v>
+        <v>224</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D3" s="0" t="s">
-        <v>183</v>
+        <v>227</v>
       </c>
       <c r="E3" s="0" t="s">
-        <v>79</v>
+        <v>69</v>
       </c>
       <c r="F3" s="0" t="s">
-        <v>184</v>
+        <v>228</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="3">
         <v>45934.4166666667</v>
       </c>
       <c r="B4" s="0" t="s">
+        <v>224</v>
+      </c>
+      <c r="C4" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="D4" s="0" t="s">
+        <v>129</v>
+      </c>
+      <c r="E4" s="0" t="s">
         <v>180</v>
       </c>
-      <c r="C4" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F4" s="0" t="s">
-        <v>185</v>
+        <v>229</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="3">
         <v>45941.5416666667</v>
       </c>
       <c r="B5" s="0" t="s">
-        <v>180</v>
+        <v>224</v>
       </c>
       <c r="C5" s="0" t="s">
-        <v>170</v>
+        <v>210</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E5" s="0" t="s">
-        <v>178</v>
+        <v>222</v>
       </c>
       <c r="F5" s="0" t="s">
-        <v>186</v>
+        <v>230</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="3">
         <v>45963.625</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>180</v>
+        <v>224</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D6" s="0" t="s">
-        <v>92</v>
+        <v>105</v>
       </c>
       <c r="E6" s="0" t="s">
-        <v>79</v>
+        <v>69</v>
       </c>
       <c r="F6" s="0" t="s">
-        <v>187</v>
+        <v>231</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="3">
         <v>45968.78125</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>180</v>
+        <v>224</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>86</v>
+        <v>98</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E7" s="0" t="s">
-        <v>188</v>
+        <v>232</v>
       </c>
       <c r="F7" s="0" t="s">
-        <v>189</v>
+        <v>233</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="3">
         <v>45976.4166666667</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>180</v>
+        <v>224</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D8" s="0" t="s">
-        <v>190</v>
+        <v>234</v>
       </c>
       <c r="E8" s="0" t="s">
-        <v>79</v>
+        <v>69</v>
       </c>
       <c r="F8" s="0" t="s">
-        <v>191</v>
+        <v>235</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="3">
         <v>45983.4166666667</v>
       </c>
       <c r="B9" s="0" t="s">
+        <v>224</v>
+      </c>
+      <c r="C9" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="D9" s="0" t="s">
+        <v>225</v>
+      </c>
+      <c r="E9" s="0" t="s">
         <v>180</v>
       </c>
-      <c r="C9" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F9" s="0" t="s">
-        <v>192</v>
+        <v>236</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="3">
         <v>45989.7708333333</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>180</v>
+        <v>224</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>183</v>
+        <v>227</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E10" s="0" t="s">
-        <v>83</v>
+        <v>95</v>
+      </c>
+      <c r="F10" s="0" t="s">
+        <v>237</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="3">
         <v>45998.4270833333</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>180</v>
+        <v>224</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>107</v>
+        <v>129</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E11" s="0" t="s">
-        <v>128</v>
+        <v>152</v>
+      </c>
+      <c r="F11" s="0" t="s">
+        <v>238</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="3">
         <v>46004.4166666667</v>
       </c>
       <c r="B12" s="0" t="s">
+        <v>224</v>
+      </c>
+      <c r="C12" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="D12" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="E12" s="0" t="s">
         <v>180</v>
       </c>
-      <c r="C12" s="0" t="s">
-[...6 lines deleted...]
-        <v>147</v>
+      <c r="F12" s="0" t="s">
+        <v>239</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="3">
         <v>46011.5625</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>180</v>
+        <v>224</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>92</v>
+        <v>105</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E13" s="0" t="s">
-        <v>168</v>
+        <v>208</v>
+      </c>
+      <c r="F13" s="0" t="s">
+        <v>240</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="3">
         <v>46032.4375</v>
       </c>
       <c r="B14" s="0" t="s">
+        <v>224</v>
+      </c>
+      <c r="C14" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="D14" s="0" t="s">
+        <v>98</v>
+      </c>
+      <c r="E14" s="0" t="s">
         <v>180</v>
-      </c>
-[...7 lines deleted...]
-        <v>147</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="3">
         <v>46039.4166666667</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>180</v>
+        <v>224</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>190</v>
+        <v>234</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E15" s="0" t="s">
-        <v>97</v>
+        <v>115</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H125"/>
+  <dimension ref="A1:H1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="16.6921789986747" customWidth="1" style="3"/>
-[...6 lines deleted...]
-    <col min="8" max="8" width="17.9362258911133" customWidth="1"/>
+    <col min="1" max="1" width="9.140625" customWidth="1" style="3"/>
+    <col min="2" max="2" width="9.140625" customWidth="1"/>
+    <col min="3" max="3" width="9.140625" customWidth="1"/>
+    <col min="4" max="4" width="9.140625" customWidth="1"/>
+    <col min="5" max="5" width="9.140625" customWidth="1"/>
+    <col min="6" max="6" width="9.140625" customWidth="1"/>
+    <col min="7" max="7" width="9.140625" customWidth="1"/>
+    <col min="8" max="8" width="9.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" s="1" customFormat="1">
       <c r="A1" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="2">
-[...2457 lines deleted...]
-    </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H1"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15"/>
+  <cols>
+    <col min="1" max="1" width="9.140625" customWidth="1" style="3"/>
+    <col min="2" max="2" width="9.140625" customWidth="1"/>
+    <col min="3" max="3" width="9.140625" customWidth="1"/>
+    <col min="4" max="4" width="9.140625" customWidth="1"/>
+    <col min="5" max="5" width="9.140625" customWidth="1"/>
+    <col min="6" max="6" width="9.140625" customWidth="1"/>
+    <col min="7" max="7" width="9.140625" customWidth="1"/>
+    <col min="8" max="8" width="9.140625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" s="1" customFormat="1">
+      <c r="A1" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" s="2" t="s">
+        <v>7</v>
+      </c>
+    </row>
+  </sheetData>
+  <headerFooter/>
+</worksheet>
+</file>