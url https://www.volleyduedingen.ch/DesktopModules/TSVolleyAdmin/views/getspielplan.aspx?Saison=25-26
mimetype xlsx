--- v2 (2026-01-12)
+++ v3 (2026-03-05)
@@ -26,51 +26,51 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="NLA - Power Cats" sheetId="1" r:id="rId1"/>
     <sheet name="3. Liga Damen  PRO" sheetId="2" r:id="rId3"/>
     <sheet name="3.Liga Damen  A" sheetId="3" r:id="rId4"/>
     <sheet name="3.Liga Damen  B" sheetId="4" r:id="rId5"/>
     <sheet name="4.Liga Damen " sheetId="5" r:id="rId6"/>
     <sheet name="U20" sheetId="6" r:id="rId7"/>
     <sheet name="U18" sheetId="7" r:id="rId8"/>
     <sheet name="U16" sheetId="8" r:id="rId9"/>
     <sheet name="U14" sheetId="9" r:id="rId10"/>
     <sheet name="Kids" sheetId="10" r:id="rId11"/>
     <sheet name="Herren 1" sheetId="11" r:id="rId12"/>
     <sheet name="Gesamter Spielplan" sheetId="12" r:id="rId13"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="241" uniqueCount="241">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="291" uniqueCount="291">
   <si>
     <t>Datum</t>
   </si>
   <si>
     <t>Liga</t>
   </si>
   <si>
     <t>Heim</t>
   </si>
   <si>
     <t>Gast</t>
   </si>
   <si>
     <t>Ort</t>
   </si>
   <si>
     <t>Resultat</t>
   </si>
   <si>
     <t>Schiri1</t>
   </si>
   <si>
     <t>Schiri2</t>
   </si>
   <si>
@@ -239,446 +239,572 @@
   <si>
     <t>3:0 (25:22;25:22;25:21)</t>
   </si>
   <si>
     <t>Francisco Droguett</t>
   </si>
   <si>
     <t>Mischa Stalder</t>
   </si>
   <si>
     <t>Löhrenacker, Aesch</t>
   </si>
   <si>
     <t>3:1 (26:28;25:19;31:29;25:10)</t>
   </si>
   <si>
     <t>Christian Schemeth</t>
   </si>
   <si>
     <t>Schweizercup Damen</t>
   </si>
   <si>
     <t>Leimacker, Düdingen</t>
   </si>
   <si>
+    <t>3:1 (26:28;25:21;25:20;27:25)</t>
+  </si>
+  <si>
+    <t>3:1 (25:20;22:25;25:17;25:15)</t>
+  </si>
+  <si>
     <t>Ruebisbach, Kloten</t>
   </si>
   <si>
+    <t>0:3 (20:25;21:25;27:29)</t>
+  </si>
+  <si>
     <t>Matthias Becker</t>
   </si>
   <si>
+    <t>Volley Aadorf</t>
+  </si>
+  <si>
+    <t>Löhracker, Aadorf</t>
+  </si>
+  <si>
+    <t>0:3 (6:25;14:25;15:25)</t>
+  </si>
+  <si>
     <t>Palestra Palamondo Cadempino, Cadempino</t>
   </si>
   <si>
+    <t>3:2 (25:20;15:25;22:25;25:20;27:25)</t>
+  </si>
+  <si>
     <t>Aleksander Sikanjic</t>
   </si>
   <si>
     <t>Thanh Ut Nguyen</t>
   </si>
   <si>
     <t>Maurice Lacroix, Saignelégier</t>
   </si>
   <si>
+    <t>1:3 (15:25;19:25;25:20;13:25)</t>
+  </si>
+  <si>
+    <t>3:0 (25:7;25:19;25:17)</t>
+  </si>
+  <si>
+    <t>0:3 (22:25;21:25;18:25)</t>
+  </si>
+  <si>
+    <t>NLA PlayOff 1/4 Final</t>
+  </si>
+  <si>
+    <t>3:1 (25:17;25:23;22:25;25:22)</t>
+  </si>
+  <si>
+    <t>Michael Gena</t>
+  </si>
+  <si>
+    <t>Palestra Palamondo, Cadempino</t>
+  </si>
+  <si>
+    <t>1:3 (25:22;23:25;14:25;21:25)</t>
+  </si>
+  <si>
+    <t>NLA PlayOff 1/2 Final</t>
+  </si>
+  <si>
+    <t>Mihaela Milos</t>
+  </si>
+  <si>
+    <t>Sandra Auricht</t>
+  </si>
+  <si>
+    <t>3Lpro</t>
+  </si>
+  <si>
+    <t>VBC Ueberstorf</t>
+  </si>
+  <si>
+    <t>MZH Ueberstorf, Ueberstorf</t>
+  </si>
+  <si>
+    <t>0:3 (16:25;22:25;17:25)</t>
+  </si>
+  <si>
+    <t>Victoria Maria Frances Kipfer</t>
+  </si>
+  <si>
+    <t>CAP Volley B</t>
+  </si>
+  <si>
+    <t>Salle polyvalente, Châtonnaye</t>
+  </si>
+  <si>
+    <t>0:3 (15:25;20:25;20:25)</t>
+  </si>
+  <si>
+    <t>Eliott Maillard</t>
+  </si>
+  <si>
+    <t>VBC Fribourg</t>
+  </si>
+  <si>
+    <t>Salle du Belluard A, Fribourg</t>
+  </si>
+  <si>
+    <t>0:3 (24:26;22:25;23:25)</t>
+  </si>
+  <si>
+    <t>Harry Schmidhäusler</t>
+  </si>
+  <si>
+    <t>VBC Sense</t>
+  </si>
+  <si>
+    <t>3:2 (22:25;26:24;27:25;29:31;15:4)</t>
+  </si>
+  <si>
+    <t>Natalie Zbinden</t>
+  </si>
+  <si>
+    <t>Gibloux Volley B</t>
+  </si>
+  <si>
+    <t>Pra Novi, Farvagny</t>
+  </si>
+  <si>
+    <t>2:3 (25:23;17:25;20:25;25:22;14:16)</t>
+  </si>
+  <si>
+    <t>Aurélien Glauser</t>
+  </si>
+  <si>
+    <t>Volley Estavayer</t>
+  </si>
+  <si>
+    <t>Amarante 1, Estavayer</t>
+  </si>
+  <si>
+    <t>0:3 (15:25;14:25;7:25)</t>
+  </si>
+  <si>
+    <t>Guilan Tosio</t>
+  </si>
+  <si>
+    <t>VBC Schmitten</t>
+  </si>
+  <si>
+    <t>3:0 (25:14;25:22;25:20)</t>
+  </si>
+  <si>
+    <t>Laura Cremona</t>
+  </si>
+  <si>
+    <t>TV Murten Volleyball</t>
+  </si>
+  <si>
+    <t>3:1 (20:25;25:17;25:17;30:28)</t>
+  </si>
+  <si>
+    <t>Frédéric Viéla</t>
+  </si>
+  <si>
+    <t>Volley GraPa</t>
+  </si>
+  <si>
+    <t>Les Rammes, Payerne</t>
+  </si>
+  <si>
+    <t>0:3 (13:25;18:25;14:25)</t>
+  </si>
+  <si>
+    <t>Morgane Riou</t>
+  </si>
+  <si>
+    <t>3:0 (25:12;25:16;25:18)</t>
+  </si>
+  <si>
+    <t>3:0 (25:15;25:20;25:16)</t>
+  </si>
+  <si>
+    <t>Angélique Tornare</t>
+  </si>
+  <si>
+    <t>3:0 (25:18;25:18;25:8)</t>
+  </si>
+  <si>
+    <t>MZG 2, Alterswil</t>
+  </si>
+  <si>
+    <t>1:3 (25:22;11:25;23:25;16:25)</t>
+  </si>
+  <si>
+    <t>3:0 (25:13;25:17;25:23)</t>
+  </si>
+  <si>
+    <t>Line Remy</t>
+  </si>
+  <si>
+    <t>3:0 (25:15;25:12;25:12)</t>
+  </si>
+  <si>
+    <t>Amandine Givel</t>
+  </si>
+  <si>
+    <t>Gwatt, Schmitten</t>
+  </si>
+  <si>
+    <t>1:3 (25:22;18:25;6:25;14:25)</t>
+  </si>
+  <si>
+    <t>Clara Sonino</t>
+  </si>
+  <si>
+    <t>Bernstrasse, Murten</t>
+  </si>
+  <si>
+    <t>Jean-Bernard Coquoz</t>
+  </si>
+  <si>
+    <t>3L</t>
+  </si>
+  <si>
+    <t>3:0 (25:15;25:17;25:11)</t>
+  </si>
+  <si>
+    <t>VBC Bulle B</t>
+  </si>
+  <si>
+    <t>Condémine, Bulle</t>
+  </si>
+  <si>
+    <t>0:3 (17:25;14:25;10:25)</t>
+  </si>
+  <si>
+    <t>Joya Maria Maurer</t>
+  </si>
+  <si>
+    <t>TSV Rechthalten</t>
+  </si>
+  <si>
+    <t>3:2 (21:25;23:25;25:11;25:19;15:5)</t>
+  </si>
+  <si>
+    <t>Cindy Loeffler</t>
+  </si>
+  <si>
+    <t>TV Murten Volleyball B</t>
+  </si>
+  <si>
+    <t>1:3 (21:25;19:25;31:29;16:25)</t>
+  </si>
+  <si>
+    <t>VBC Belfaux B</t>
+  </si>
+  <si>
+    <t>Halle des sports, Belfaux</t>
+  </si>
+  <si>
+    <t>2:3 (23:25;27:25;25:17;19:25;9:15)</t>
+  </si>
+  <si>
+    <t>VBC Kerzers</t>
+  </si>
+  <si>
+    <t>3:1 (25:14;13:25;25:16;25:23)</t>
+  </si>
+  <si>
+    <t>Celina Berthold</t>
+  </si>
+  <si>
+    <t>VBC Chatel-st-Denis</t>
+  </si>
+  <si>
+    <t>Lussy, Châtel-Saint-Denis</t>
+  </si>
+  <si>
+    <t>3:0 (25:15;25:15;25:21)</t>
+  </si>
+  <si>
+    <t>VBC Sense B</t>
+  </si>
+  <si>
+    <t>Spielhalle OS, Tafers</t>
+  </si>
+  <si>
+    <t>0:3 (22:25;12:25;17:25)</t>
+  </si>
+  <si>
+    <t>Basile Prime</t>
+  </si>
+  <si>
+    <t>Gibloux Volley</t>
+  </si>
+  <si>
+    <t>2:3 (25:12;23:25;25:7;26:28;13:15)</t>
+  </si>
+  <si>
+    <t>Trong Nhon Vo</t>
+  </si>
+  <si>
+    <t>1:3 (26:24;25:27;11:25;16:25)</t>
+  </si>
+  <si>
+    <t>3:0 (25:15;25:8;25:17)</t>
+  </si>
+  <si>
+    <t>Dajana Tschannen</t>
+  </si>
+  <si>
+    <t>Turnhalle, Rechthalten</t>
+  </si>
+  <si>
+    <t>0:3 (18:25;12:25;20:25)</t>
+  </si>
+  <si>
+    <t>Karin Flühmann</t>
+  </si>
+  <si>
+    <t>Prehl , Murten</t>
+  </si>
+  <si>
+    <t>3:1 (25:10;14:25;25:11;25:22)</t>
+  </si>
+  <si>
+    <t>Sofija Elena Elek</t>
+  </si>
+  <si>
+    <t>3:1 (25:18;19:25;25:12;25:13)</t>
+  </si>
+  <si>
+    <t>Livia Zbinden</t>
+  </si>
+  <si>
+    <t>Schmittengässli, Kerzers</t>
+  </si>
+  <si>
+    <t>1:3 (24:26;25:20;15:25;29:31)</t>
+  </si>
+  <si>
+    <t>1:3 (23:25;19:25;25:15;14:25)</t>
+  </si>
+  <si>
+    <t>Julien Burnier</t>
+  </si>
+  <si>
+    <t>Michelle Clavel</t>
+  </si>
+  <si>
+    <t>0:3 (8:25;21:25;10:25)</t>
+  </si>
+  <si>
+    <t>3:0 (25:16;25:17;25:10)</t>
+  </si>
+  <si>
+    <t>3:2 (25:12;27:25;14:25;18:25;15:13)</t>
+  </si>
+  <si>
+    <t>3:1 (25:21;25:21;23:25;25:16)</t>
+  </si>
+  <si>
     <t>Laurence Bortoluzzi</t>
   </si>
   <si>
-    <t>Corinne, Laure Chardonnens</t>
-[...107 lines deleted...]
-    <t>Angélique Tornare</t>
+    <t>3:1 (21:25;25:10;25:14;27:25)</t>
+  </si>
+  <si>
+    <t>Marine Barbey</t>
+  </si>
+  <si>
+    <t>3:0 (25:22;25:20;25:9)</t>
+  </si>
+  <si>
+    <t>Brigitte Sandrine Roulet</t>
+  </si>
+  <si>
+    <t>0:3 (8:25;9:25;10:25)</t>
+  </si>
+  <si>
+    <t>Fabrice d'Hooghe</t>
+  </si>
+  <si>
+    <t>1:3 (17:25;25:21;16:25;15:25)</t>
+  </si>
+  <si>
+    <t>Loriane Reber</t>
+  </si>
+  <si>
+    <t>3:0 (25:12;25:12;25:18)</t>
+  </si>
+  <si>
+    <t>0:3 (13:25;10:25;16:25)</t>
+  </si>
+  <si>
+    <t>Salle polyvalente, Estavayer-le-Gibloux</t>
+  </si>
+  <si>
+    <t>1:3 (25:22;22:25;13:25;22:25)</t>
+  </si>
+  <si>
+    <t>0:3 (19:25;24:26;16:25)</t>
+  </si>
+  <si>
+    <t>Yann Bortoluzzi</t>
+  </si>
+  <si>
+    <t>1:3 (14:25;14:25;25:22;20:25)</t>
+  </si>
+  <si>
+    <t>Sara Sojcic</t>
+  </si>
+  <si>
+    <t>0:3 (16:25;27:29;22:25)</t>
+  </si>
+  <si>
+    <t>4. Liga Damen</t>
+  </si>
+  <si>
+    <t>Volley Düdingen B</t>
+  </si>
+  <si>
+    <t>CS Le Mouret B</t>
+  </si>
+  <si>
+    <t>0:3 (17:25;21:25;15:25)</t>
+  </si>
+  <si>
+    <t>0:3 (21:25;24:26;22:25)</t>
+  </si>
+  <si>
+    <t>Perrine Milan</t>
+  </si>
+  <si>
+    <t>Wolfacker, Düdingen</t>
+  </si>
+  <si>
+    <t>3:0 (26:24;25:8;25:10)</t>
+  </si>
+  <si>
+    <t>GYM Ursy</t>
+  </si>
+  <si>
+    <t>Ancienne salle, Ursy</t>
+  </si>
+  <si>
+    <t>3:0 (25:21;25:19;25:21)</t>
+  </si>
+  <si>
+    <t>Zoé Chuard</t>
+  </si>
+  <si>
+    <t>Volley Vully</t>
+  </si>
+  <si>
+    <t>Salle polyvalente, Lugnorre</t>
+  </si>
+  <si>
+    <t>0:3 (12:25;14:25;10:25)</t>
+  </si>
+  <si>
+    <t>Leandra Alina Roux</t>
+  </si>
+  <si>
+    <t>VBC Smile B</t>
+  </si>
+  <si>
+    <t>1:3 (17:25;25:15;8:25;19:25)</t>
+  </si>
+  <si>
+    <t>Anna Riedo</t>
+  </si>
+  <si>
+    <t>TSV Gurmels</t>
+  </si>
+  <si>
+    <t>2:3 (25:21;13:25;19:25;25:22;15:17)</t>
+  </si>
+  <si>
+    <t>Jelena Schaller</t>
+  </si>
+  <si>
+    <t>3:1 (25:19;25:14;22:25;25:15)</t>
+  </si>
+  <si>
+    <t>Djellza Derguti</t>
+  </si>
+  <si>
+    <t>Centre sportif A, Le Mouret</t>
+  </si>
+  <si>
+    <t>3:1 (17:25;25:19;25:21;25:13)</t>
   </si>
   <si>
     <t>Jérémie Favre</t>
   </si>
   <si>
-    <t>MZG 2, Alterswil</t>
-[...245 lines deleted...]
-    <t>Centre sportif A, Le Mouret</t>
+    <t>3:1 (14:25;25:16;25:21;25:17)</t>
   </si>
   <si>
     <t>Felipe Gabriel Gouveia</t>
   </si>
   <si>
+    <t>0:3 (12:25;9:25;21:25)</t>
+  </si>
+  <si>
+    <t>3:1 (26:24;25:15;12:25;25:18)</t>
+  </si>
+  <si>
     <t>Lena Portmann</t>
   </si>
   <si>
+    <t>3:1 (25:17;19:25;25:20;25:17)</t>
+  </si>
+  <si>
     <t>Rodrigo Nuno Teixeira Patricio</t>
   </si>
   <si>
     <t>Halle de gym, Treyvaux</t>
   </si>
   <si>
+    <t>0:3 (9:25;18:25;22:25)</t>
+  </si>
+  <si>
     <t>Aline Schmutz</t>
   </si>
   <si>
     <t>SSK Cordast, Cordast</t>
   </si>
   <si>
     <t>Julie Savary</t>
   </si>
   <si>
     <t>Clarisse Quillet</t>
   </si>
   <si>
     <t>U20</t>
   </si>
   <si>
     <t>0:3 (11:25;17:25;3:25)</t>
   </si>
   <si>
     <t>Prehl, Murten</t>
   </si>
   <si>
     <t>1:3 (20:25;11:25;25:23;21:25)</t>
   </si>
   <si>
     <t>VBC Bösingen</t>
@@ -695,105 +821,129 @@
   <si>
     <t>3:1 (25:21;25:21;22:25;25:21)</t>
   </si>
   <si>
     <t>3:0 (25:14;25:17;25:12)</t>
   </si>
   <si>
     <t>0:3 (18:25;15:25;11:25)</t>
   </si>
   <si>
     <t>0:3 (23:25;19:25;19:25)</t>
   </si>
   <si>
     <t>3:2 (25:6;23:25;25:13;23:25;15:6)</t>
   </si>
   <si>
     <t>Leimacker 3, Düdingen</t>
   </si>
   <si>
     <t>3:0 (25:7;25:23;25:21)</t>
   </si>
   <si>
     <t>3:0 (25:16;25:12;25:19)</t>
   </si>
   <si>
+    <t>3:0 (25:16;25:12;25:13)</t>
+  </si>
+  <si>
     <t>Spielhalle, Bösingen</t>
   </si>
   <si>
+    <t>0:3 (19:25;13:25;16:25)</t>
+  </si>
+  <si>
+    <t>0:3 (12:25;4:25;7:25)</t>
+  </si>
+  <si>
+    <t>3:2 (22:25;25:16;25:16;23:25;15:11)</t>
+  </si>
+  <si>
+    <t>0:3 (0:25;0:25;0:25)</t>
+  </si>
+  <si>
+    <t>3:2 (25:19;25:21;11:25;9:25;16:14)</t>
+  </si>
+  <si>
+    <t>3:0 (25:17;25:16;25:17)</t>
+  </si>
+  <si>
     <t>Salle Belluard B, Fribourg</t>
   </si>
   <si>
     <t>U18</t>
   </si>
   <si>
     <t>VBC Belfaux</t>
   </si>
   <si>
-    <t>0:3 (0:25;0:25;0:25)</t>
-[...1 lines deleted...]
-  <si>
     <t>Gibloux Volley Mixte</t>
   </si>
   <si>
     <t>3:0 (25:13;29:27;25:21)</t>
   </si>
   <si>
     <t>2:3 (25:16;26:24;10:25;26:28;10:15)</t>
   </si>
   <si>
     <t>2:3 (11:25;25:23;25:19;25:27;11:15)</t>
   </si>
   <si>
     <t>1:3 (25:23;23:25;21:25;25:27)</t>
   </si>
   <si>
     <t>Amarante 3, Estavayer</t>
   </si>
   <si>
     <t>2:3 (19:25;25:20;23:25;25:23;8:15)</t>
   </si>
   <si>
     <t>VBC Sense a</t>
   </si>
   <si>
     <t>0:3 (14:25;24:26;20:25)</t>
   </si>
   <si>
     <t>3:0 (25:12;25:6;25:11)</t>
   </si>
   <si>
     <t>0:3 (23:25;21:25;17:25)</t>
   </si>
   <si>
     <t>3:1 (25:20;20:25;25:22;25:20)</t>
   </si>
   <si>
     <t>3:0 (25:20;25:16;25:20)</t>
   </si>
   <si>
     <t>0:3 (23:25;19:25;14:25)</t>
+  </si>
+  <si>
+    <t>3:1 (25:21;25:14;23:25;25:16)</t>
+  </si>
+  <si>
+    <t>2:3 (17:25;25:23;25:16;22:25;15:17)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd.MM.yyyy HH:mm"/>
   </numFmts>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -818,64 +968,64 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="5">
     <xf fontId="0" applyFont="1" xfId="0"/>
     <xf fontId="1" applyFont="1" xfId="0"/>
     <xf fontId="1" applyFont="1" borderId="1" applyBorder="1" xfId="0"/>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0"/>
     <xf numFmtId="164" applyNumberFormat="1" fontId="1" applyFont="1" borderId="1" applyBorder="1" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H24"/>
+  <dimension ref="A1:H33"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.6921789986747" customWidth="1" style="3"/>
     <col min="2" max="2" width="20.4151131766183" customWidth="1"/>
     <col min="3" max="3" width="20.3506600516183" customWidth="1"/>
     <col min="4" max="4" width="20.3506600516183" customWidth="1"/>
     <col min="5" max="5" width="40.4600306919643" customWidth="1"/>
     <col min="6" max="6" width="33.040762765067" customWidth="1"/>
-    <col min="7" max="7" width="18.6738564627511" customWidth="1"/>
-    <col min="8" max="8" width="26.3642381940569" customWidth="1"/>
+    <col min="7" max="7" width="18.4109279087612" customWidth="1"/>
+    <col min="8" max="8" width="18.4283207484654" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" s="1" customFormat="1">
       <c r="A1" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="2" t="s">
@@ -1300,158 +1450,389 @@
         <v>66</v>
       </c>
       <c r="G18" s="0" t="s">
         <v>55</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="3">
         <v>46033.7083333333</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>68</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>28</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>69</v>
       </c>
+      <c r="F19" s="0" t="s">
+        <v>70</v>
+      </c>
     </row>
     <row r="20">
       <c r="A20" s="3">
         <v>46040.5625</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>33</v>
       </c>
       <c r="E20" s="0" t="s">
         <v>16</v>
       </c>
+      <c r="F20" s="0" t="s">
+        <v>71</v>
+      </c>
       <c r="G20" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="3">
         <v>46042.8541666667</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>38</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E21" s="0" t="s">
-        <v>70</v>
+        <v>72</v>
+      </c>
+      <c r="F21" s="0" t="s">
+        <v>73</v>
       </c>
       <c r="G21" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H21" s="0" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="3">
-        <v>46053.75</v>
+        <v>46047.6666666667</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>8</v>
+        <v>68</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>40</v>
+        <v>75</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E22" s="0" t="s">
-        <v>72</v>
-[...5 lines deleted...]
-        <v>74</v>
+        <v>76</v>
+      </c>
+      <c r="F22" s="0" t="s">
+        <v>77</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="3">
-        <v>46058.8333333333</v>
+        <v>46053.75</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E23" s="0" t="s">
-        <v>75</v>
+        <v>78</v>
+      </c>
+      <c r="F23" s="0" t="s">
+        <v>79</v>
+      </c>
+      <c r="G23" s="0" t="s">
+        <v>80</v>
+      </c>
+      <c r="H23" s="0" t="s">
+        <v>81</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="3">
-        <v>46067.7291666667</v>
+        <v>46058.8333333333</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>10</v>
+        <v>47</v>
       </c>
       <c r="D24" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="E24" s="0" t="s">
+        <v>82</v>
+      </c>
+      <c r="F24" s="0" t="s">
+        <v>83</v>
+      </c>
+      <c r="G24" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="H24" s="0" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" s="3">
+        <v>46061.7291666667</v>
+      </c>
+      <c r="B25" s="0" t="s">
+        <v>68</v>
+      </c>
+      <c r="C25" s="0" t="s">
         <v>52</v>
       </c>
-      <c r="E24" s="0" t="s">
+      <c r="D25" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="E25" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="F25" s="0" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" s="3">
+        <v>46067.7291666667</v>
+      </c>
+      <c r="B26" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="C26" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="D26" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="E26" s="0" t="s">
         <v>16</v>
       </c>
-      <c r="G24" s="0" t="s">
-[...3 lines deleted...]
-        <v>77</v>
+      <c r="F26" s="0" t="s">
+        <v>85</v>
+      </c>
+      <c r="G26" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="H26" s="0" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" s="3">
+        <v>46074.7083333333</v>
+      </c>
+      <c r="B27" s="0" t="s">
+        <v>86</v>
+      </c>
+      <c r="C27" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="D27" s="0" t="s">
+        <v>40</v>
+      </c>
+      <c r="E27" s="0" t="s">
+        <v>69</v>
+      </c>
+      <c r="F27" s="0" t="s">
+        <v>87</v>
+      </c>
+      <c r="G27" s="0" t="s">
+        <v>63</v>
+      </c>
+      <c r="H27" s="0" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" s="3">
+        <v>46081.7916666667</v>
+      </c>
+      <c r="B28" s="0" t="s">
+        <v>86</v>
+      </c>
+      <c r="C28" s="0" t="s">
+        <v>40</v>
+      </c>
+      <c r="D28" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="E28" s="0" t="s">
+        <v>89</v>
+      </c>
+      <c r="F28" s="0" t="s">
+        <v>90</v>
+      </c>
+      <c r="G28" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H28" s="0" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" s="3">
+        <v>46089.7291666667</v>
+      </c>
+      <c r="B29" s="0" t="s">
+        <v>91</v>
+      </c>
+      <c r="C29" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="D29" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="E29" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="G29" s="0" t="s">
+        <v>81</v>
+      </c>
+      <c r="H29" s="0" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" s="3">
+        <v>46095.7083333333</v>
+      </c>
+      <c r="B30" s="0" t="s">
+        <v>91</v>
+      </c>
+      <c r="C30" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="D30" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="E30" s="0" t="s">
+        <v>69</v>
+      </c>
+      <c r="G30" s="0" t="s">
+        <v>63</v>
+      </c>
+      <c r="H30" s="0" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" s="3">
+        <v>46099.8333333333</v>
+      </c>
+      <c r="B31" s="0" t="s">
+        <v>91</v>
+      </c>
+      <c r="C31" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="D31" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="E31" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="G31" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="H31" s="0" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" s="3">
+        <v>46101.8333333333</v>
+      </c>
+      <c r="B32" s="0" t="s">
+        <v>91</v>
+      </c>
+      <c r="C32" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="D32" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="E32" s="0" t="s">
+        <v>69</v>
+      </c>
+      <c r="G32" s="0" t="s">
+        <v>92</v>
+      </c>
+      <c r="H32" s="0" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" s="3">
+        <v>46103.7291666667</v>
+      </c>
+      <c r="B33" s="0" t="s">
+        <v>91</v>
+      </c>
+      <c r="C33" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="D33" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="E33" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="G33" s="0" t="s">
+        <v>93</v>
+      </c>
+      <c r="H33" s="0" t="s">
+        <v>19</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="9.140625" customWidth="1" style="3"/>
     <col min="2" max="2" width="9.140625" customWidth="1"/>
     <col min="3" max="3" width="9.140625" customWidth="1"/>
     <col min="4" max="4" width="9.140625" customWidth="1"/>
     <col min="5" max="5" width="9.140625" customWidth="1"/>
     <col min="6" max="6" width="9.140625" customWidth="1"/>
     <col min="7" max="7" width="9.140625" customWidth="1"/>
     <col min="8" max="8" width="9.140625" customWidth="1"/>
   </cols>
   <sheetData>
@@ -1515,388 +1896,388 @@
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>7</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H126"/>
+  <dimension ref="A1:H135"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.6921789986747" customWidth="1" style="3"/>
     <col min="2" max="2" width="20.4151131766183" customWidth="1"/>
     <col min="3" max="3" width="21.5496913364955" customWidth="1"/>
     <col min="4" max="4" width="21.5496913364955" customWidth="1"/>
     <col min="5" max="5" width="40.4600306919643" customWidth="1"/>
     <col min="6" max="6" width="33.040762765067" customWidth="1"/>
     <col min="7" max="7" width="28.0932181222098" customWidth="1"/>
-    <col min="8" max="8" width="26.3642381940569" customWidth="1"/>
+    <col min="8" max="8" width="18.4283207484654" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" s="1" customFormat="1">
       <c r="A1" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="3">
         <v>45920.5833333333</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>206</v>
+        <v>248</v>
       </c>
       <c r="C2" s="0" t="s">
-        <v>79</v>
+        <v>95</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E2" s="0" t="s">
-        <v>80</v>
+        <v>96</v>
       </c>
       <c r="F2" s="0" t="s">
-        <v>207</v>
+        <v>249</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="3">
         <v>45920.5833333333</v>
       </c>
       <c r="B3" s="0" t="s">
-        <v>224</v>
+        <v>273</v>
       </c>
       <c r="C3" s="0" t="s">
-        <v>225</v>
+        <v>274</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E3" s="0" t="s">
-        <v>135</v>
+        <v>155</v>
       </c>
       <c r="F3" s="0" t="s">
-        <v>226</v>
+        <v>269</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="3">
         <v>45925.7708333333</v>
       </c>
       <c r="B4" s="0" t="s">
-        <v>206</v>
+        <v>248</v>
       </c>
       <c r="C4" s="0" t="s">
-        <v>105</v>
+        <v>121</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E4" s="0" t="s">
-        <v>208</v>
+        <v>250</v>
       </c>
       <c r="F4" s="0" t="s">
-        <v>209</v>
+        <v>251</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="3">
         <v>45927.6041666667</v>
       </c>
       <c r="B5" s="0" t="s">
-        <v>224</v>
+        <v>273</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D5" s="0" t="s">
-        <v>227</v>
+        <v>275</v>
       </c>
       <c r="E5" s="0" t="s">
         <v>69</v>
       </c>
       <c r="F5" s="0" t="s">
-        <v>228</v>
+        <v>276</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="3">
         <v>45927.7083333333</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>78</v>
+        <v>94</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>79</v>
+        <v>95</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E6" s="0" t="s">
-        <v>80</v>
+        <v>96</v>
       </c>
       <c r="F6" s="0" t="s">
-        <v>81</v>
+        <v>97</v>
       </c>
       <c r="G6" s="0" t="s">
-        <v>82</v>
+        <v>98</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="3">
         <v>45934.4166666667</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>224</v>
+        <v>273</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D7" s="0" t="s">
-        <v>129</v>
+        <v>149</v>
       </c>
       <c r="E7" s="0" t="s">
-        <v>180</v>
+        <v>214</v>
       </c>
       <c r="F7" s="0" t="s">
-        <v>229</v>
+        <v>277</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="3">
         <v>45934.7291666667</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>122</v>
+        <v>143</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E8" s="0" t="s">
         <v>69</v>
       </c>
       <c r="F8" s="0" t="s">
-        <v>123</v>
+        <v>144</v>
       </c>
       <c r="G8" s="0" t="s">
-        <v>124</v>
+        <v>140</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="3">
         <v>45934.7291666667</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>206</v>
+        <v>248</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D9" s="0" t="s">
-        <v>210</v>
+        <v>252</v>
       </c>
       <c r="E9" s="0" t="s">
         <v>69</v>
       </c>
       <c r="F9" s="0" t="s">
-        <v>211</v>
+        <v>253</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="3">
         <v>45938.8645833333</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>122</v>
+        <v>143</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>140</v>
+        <v>160</v>
       </c>
       <c r="E10" s="0" t="s">
         <v>69</v>
       </c>
       <c r="F10" s="0" t="s">
-        <v>158</v>
+        <v>186</v>
       </c>
       <c r="G10" s="0" t="s">
-        <v>139</v>
+        <v>159</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="3">
         <v>45940.8541666667</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>174</v>
+        <v>208</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>175</v>
+        <v>209</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>176</v>
+        <v>210</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>69</v>
       </c>
       <c r="F11" s="0" t="s">
-        <v>177</v>
+        <v>211</v>
       </c>
       <c r="G11" s="0" t="s">
-        <v>82</v>
+        <v>98</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="3">
         <v>45940.8541666667</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>78</v>
+        <v>94</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>83</v>
+        <v>99</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E12" s="0" t="s">
-        <v>84</v>
+        <v>100</v>
       </c>
       <c r="F12" s="0" t="s">
-        <v>85</v>
+        <v>101</v>
       </c>
       <c r="G12" s="0" t="s">
-        <v>86</v>
+        <v>102</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="3">
         <v>45940.8541666667</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>122</v>
+        <v>143</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>125</v>
+        <v>145</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E13" s="0" t="s">
-        <v>126</v>
+        <v>146</v>
       </c>
       <c r="F13" s="0" t="s">
-        <v>127</v>
+        <v>147</v>
       </c>
       <c r="G13" s="0" t="s">
-        <v>128</v>
+        <v>148</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="3">
         <v>45941.5416666667</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>224</v>
+        <v>273</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>210</v>
+        <v>252</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E14" s="0" t="s">
-        <v>222</v>
+        <v>265</v>
       </c>
       <c r="F14" s="0" t="s">
-        <v>230</v>
+        <v>278</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="3">
         <v>45941.7083333333</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>206</v>
+        <v>248</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>212</v>
+        <v>254</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>69</v>
       </c>
       <c r="F15" s="0" t="s">
-        <v>213</v>
+        <v>255</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="3">
         <v>45941.7291666667</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>9</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>11</v>
       </c>
       <c r="F16" s="0" t="s">
         <v>12</v>
       </c>
       <c r="G16" s="0" t="s">
         <v>13</v>
       </c>
       <c r="H16" s="0" t="s">
@@ -1958,649 +2339,649 @@
     <row r="19">
       <c r="A19" s="3">
         <v>45959.8333333333</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>25</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>26</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>16</v>
       </c>
       <c r="F19" s="0" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="3">
         <v>45960.875</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>78</v>
+        <v>94</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>87</v>
+        <v>103</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E20" s="0" t="s">
-        <v>88</v>
+        <v>104</v>
       </c>
       <c r="F20" s="0" t="s">
-        <v>89</v>
+        <v>105</v>
       </c>
       <c r="G20" s="0" t="s">
-        <v>90</v>
+        <v>106</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="3">
         <v>45961.8541666667</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>122</v>
+        <v>143</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>129</v>
+        <v>149</v>
       </c>
       <c r="E21" s="0" t="s">
         <v>69</v>
       </c>
       <c r="F21" s="0" t="s">
-        <v>130</v>
+        <v>150</v>
       </c>
       <c r="G21" s="0" t="s">
-        <v>131</v>
+        <v>151</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="3">
         <v>45962.5625</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>122</v>
+        <v>143</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>132</v>
+        <v>152</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E22" s="0" t="s">
-        <v>154</v>
+        <v>176</v>
       </c>
       <c r="F22" s="0" t="s">
-        <v>159</v>
+        <v>187</v>
       </c>
       <c r="G22" s="0" t="s">
-        <v>90</v>
+        <v>106</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="3">
         <v>45962.6666666667</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>174</v>
+        <v>208</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>137</v>
+        <v>157</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>175</v>
+        <v>209</v>
       </c>
       <c r="E23" s="0" t="s">
-        <v>157</v>
+        <v>181</v>
       </c>
       <c r="F23" s="0" t="s">
-        <v>178</v>
+        <v>212</v>
       </c>
       <c r="G23" s="0" t="s">
-        <v>179</v>
+        <v>213</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="3">
         <v>45962.7083333333</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>28</v>
       </c>
       <c r="E24" s="0" t="s">
         <v>16</v>
       </c>
       <c r="F24" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G24" s="0" t="s">
         <v>18</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="3">
         <v>45963.625</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>224</v>
+        <v>273</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>105</v>
+        <v>121</v>
       </c>
       <c r="E25" s="0" t="s">
         <v>69</v>
       </c>
       <c r="F25" s="0" t="s">
-        <v>231</v>
+        <v>279</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="3">
         <v>45965.8645833333</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>174</v>
+        <v>208</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>175</v>
+        <v>209</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>102</v>
+        <v>118</v>
       </c>
       <c r="E26" s="0" t="s">
+        <v>214</v>
+      </c>
+      <c r="F26" s="0" t="s">
+        <v>215</v>
+      </c>
+      <c r="G26" s="0" t="s">
         <v>180</v>
-      </c>
-[...4 lines deleted...]
-        <v>156</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="3">
         <v>45966.8125</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>122</v>
+        <v>143</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>147</v>
+        <v>167</v>
       </c>
       <c r="E27" s="0" t="s">
         <v>69</v>
       </c>
       <c r="F27" s="0" t="s">
-        <v>160</v>
+        <v>188</v>
       </c>
       <c r="G27" s="0" t="s">
-        <v>101</v>
+        <v>117</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="3">
         <v>45966.8125</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>122</v>
+        <v>143</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>132</v>
+        <v>152</v>
       </c>
       <c r="E28" s="0" t="s">
         <v>69</v>
       </c>
       <c r="F28" s="0" t="s">
-        <v>133</v>
+        <v>153</v>
       </c>
       <c r="G28" s="0" t="s">
-        <v>113</v>
+        <v>130</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="3">
         <v>45966.8333333333</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>25</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>26</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E29" s="0" t="s">
         <v>31</v>
       </c>
       <c r="F29" s="0" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="3">
         <v>45968.78125</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>224</v>
+        <v>273</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>98</v>
+        <v>114</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E30" s="0" t="s">
-        <v>232</v>
+        <v>280</v>
       </c>
       <c r="F30" s="0" t="s">
-        <v>233</v>
+        <v>281</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="3">
         <v>45968.8541666667</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>78</v>
+        <v>94</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>91</v>
+        <v>107</v>
       </c>
       <c r="E31" s="0" t="s">
         <v>69</v>
       </c>
       <c r="F31" s="0" t="s">
-        <v>92</v>
+        <v>108</v>
       </c>
       <c r="G31" s="0" t="s">
-        <v>93</v>
+        <v>109</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="3">
         <v>45969.5416666667</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>206</v>
+        <v>248</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>91</v>
+        <v>107</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E32" s="0" t="s">
-        <v>144</v>
+        <v>164</v>
       </c>
       <c r="F32" s="0" t="s">
-        <v>214</v>
+        <v>256</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="3">
         <v>45969.7291666667</v>
       </c>
       <c r="B33" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>33</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E33" s="0" t="s">
         <v>34</v>
       </c>
       <c r="F33" s="0" t="s">
         <v>35</v>
       </c>
       <c r="G33" s="0" t="s">
         <v>36</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="3">
         <v>45972.875</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>174</v>
+        <v>208</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>182</v>
+        <v>216</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>175</v>
+        <v>209</v>
       </c>
       <c r="E34" s="0" t="s">
-        <v>183</v>
+        <v>217</v>
       </c>
       <c r="F34" s="0" t="s">
-        <v>184</v>
+        <v>218</v>
       </c>
       <c r="G34" s="0" t="s">
-        <v>185</v>
+        <v>219</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="3">
         <v>45973.8541666667</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>78</v>
+        <v>94</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>94</v>
+        <v>110</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E35" s="0" t="s">
-        <v>95</v>
+        <v>111</v>
       </c>
       <c r="F35" s="0" t="s">
-        <v>96</v>
+        <v>112</v>
       </c>
       <c r="G35" s="0" t="s">
-        <v>97</v>
+        <v>113</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="3">
         <v>45974.8645833333</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>122</v>
+        <v>143</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>143</v>
+        <v>163</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E36" s="0" t="s">
-        <v>144</v>
+        <v>164</v>
       </c>
       <c r="F36" s="0" t="s">
-        <v>161</v>
+        <v>189</v>
       </c>
       <c r="G36" s="0" t="s">
-        <v>76</v>
+        <v>190</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="3">
         <v>45975.8541666667</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>122</v>
+        <v>143</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>134</v>
+        <v>154</v>
       </c>
       <c r="D37" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E37" s="0" t="s">
-        <v>135</v>
+        <v>155</v>
       </c>
       <c r="F37" s="0" t="s">
-        <v>136</v>
+        <v>156</v>
       </c>
       <c r="G37" s="0" t="s">
-        <v>128</v>
+        <v>148</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="3">
         <v>45976.4166666667</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>224</v>
+        <v>273</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>234</v>
+        <v>282</v>
       </c>
       <c r="E38" s="0" t="s">
         <v>69</v>
       </c>
       <c r="F38" s="0" t="s">
-        <v>235</v>
+        <v>283</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="3">
         <v>45976.5833333333</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>206</v>
+        <v>248</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>193</v>
+        <v>227</v>
       </c>
       <c r="E39" s="0" t="s">
         <v>69</v>
       </c>
       <c r="F39" s="0" t="s">
-        <v>215</v>
+        <v>257</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="3">
         <v>45976.7083333333</v>
       </c>
       <c r="B40" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>38</v>
       </c>
       <c r="E40" s="0" t="s">
         <v>16</v>
       </c>
       <c r="F40" s="0" t="s">
         <v>39</v>
       </c>
       <c r="G40" s="0" t="s">
         <v>36</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="3">
         <v>45978.7916666667</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>206</v>
+        <v>248</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>137</v>
+        <v>157</v>
       </c>
       <c r="D41" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E41" s="0" t="s">
-        <v>157</v>
+        <v>181</v>
       </c>
       <c r="F41" s="0" t="s">
-        <v>216</v>
+        <v>258</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="3">
         <v>45978.84375</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>174</v>
+        <v>208</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>186</v>
+        <v>220</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>175</v>
+        <v>209</v>
       </c>
       <c r="E42" s="0" t="s">
-        <v>187</v>
+        <v>221</v>
       </c>
       <c r="F42" s="0" t="s">
-        <v>188</v>
+        <v>222</v>
       </c>
       <c r="G42" s="0" t="s">
-        <v>189</v>
+        <v>223</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="3">
         <v>45981.8541666667</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>78</v>
+        <v>94</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>98</v>
+        <v>114</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E43" s="0" t="s">
-        <v>99</v>
+        <v>115</v>
       </c>
       <c r="F43" s="0" t="s">
-        <v>100</v>
+        <v>116</v>
       </c>
       <c r="G43" s="0" t="s">
-        <v>101</v>
+        <v>117</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="3">
         <v>45982.8541666667</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>122</v>
+        <v>143</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>129</v>
+        <v>149</v>
       </c>
       <c r="E44" s="0" t="s">
         <v>69</v>
       </c>
       <c r="F44" s="0" t="s">
-        <v>162</v>
+        <v>191</v>
       </c>
       <c r="G44" s="0" t="s">
-        <v>163</v>
+        <v>192</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="3">
         <v>45983.4166666667</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>224</v>
+        <v>273</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>225</v>
+        <v>274</v>
       </c>
       <c r="E45" s="0" t="s">
-        <v>180</v>
+        <v>214</v>
       </c>
       <c r="F45" s="0" t="s">
-        <v>236</v>
+        <v>284</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="3">
         <v>45983.5833333333</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>122</v>
+        <v>143</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>137</v>
+        <v>157</v>
       </c>
       <c r="E46" s="0" t="s">
         <v>69</v>
       </c>
       <c r="F46" s="0" t="s">
-        <v>138</v>
+        <v>158</v>
       </c>
       <c r="G46" s="0" t="s">
-        <v>139</v>
+        <v>159</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="3">
         <v>45983.7083333333</v>
       </c>
       <c r="B47" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D47" s="0" t="s">
         <v>40</v>
       </c>
       <c r="E47" s="0" t="s">
         <v>16</v>
       </c>
       <c r="F47" s="0" t="s">
         <v>41</v>
       </c>
       <c r="G47" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H47" s="0" t="s">
@@ -2616,649 +2997,649 @@
       </c>
       <c r="C48" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D48" s="0" t="s">
         <v>43</v>
       </c>
       <c r="E48" s="0" t="s">
         <v>16</v>
       </c>
       <c r="F48" s="0" t="s">
         <v>44</v>
       </c>
       <c r="G48" s="0" t="s">
         <v>45</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="3">
         <v>45988.8645833333</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>122</v>
+        <v>143</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>140</v>
+        <v>160</v>
       </c>
       <c r="D49" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E49" s="0" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="F49" s="0" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="G49" s="0" t="s">
-        <v>111</v>
+        <v>127</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="3">
         <v>45989.7708333333</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>224</v>
+        <v>273</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>227</v>
+        <v>275</v>
       </c>
       <c r="D50" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E50" s="0" t="s">
-        <v>95</v>
+        <v>111</v>
       </c>
       <c r="F50" s="0" t="s">
-        <v>237</v>
+        <v>285</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="3">
         <v>45989.8541666667</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>174</v>
+        <v>208</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>175</v>
+        <v>209</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>190</v>
+        <v>224</v>
       </c>
       <c r="E51" s="0" t="s">
         <v>69</v>
       </c>
       <c r="F51" s="0" t="s">
-        <v>191</v>
+        <v>225</v>
       </c>
       <c r="G51" s="0" t="s">
-        <v>192</v>
+        <v>226</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="3">
         <v>45990.5833333333</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>78</v>
+        <v>94</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>102</v>
+        <v>118</v>
       </c>
       <c r="E52" s="0" t="s">
         <v>69</v>
       </c>
       <c r="F52" s="0" t="s">
-        <v>103</v>
+        <v>119</v>
       </c>
       <c r="G52" s="0" t="s">
-        <v>104</v>
+        <v>120</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="3">
         <v>45990.625</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>206</v>
+        <v>248</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>147</v>
+        <v>167</v>
       </c>
       <c r="D53" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E53" s="0" t="s">
-        <v>95</v>
+        <v>111</v>
       </c>
       <c r="F53" s="0" t="s">
-        <v>217</v>
+        <v>259</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="3">
         <v>45990.7083333333</v>
       </c>
       <c r="B54" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D54" s="0" t="s">
         <v>47</v>
       </c>
       <c r="E54" s="0" t="s">
         <v>16</v>
       </c>
       <c r="F54" s="0" t="s">
         <v>48</v>
       </c>
       <c r="G54" s="0" t="s">
         <v>49</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="3">
         <v>45990.75</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>122</v>
+        <v>143</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>134</v>
+        <v>154</v>
       </c>
       <c r="D55" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E55" s="0" t="s">
-        <v>135</v>
+        <v>155</v>
       </c>
       <c r="F55" s="0" t="s">
-        <v>164</v>
+        <v>193</v>
       </c>
       <c r="G55" s="0" t="s">
-        <v>165</v>
+        <v>194</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="3">
         <v>45994.75</v>
       </c>
       <c r="B56" s="0" t="s">
         <v>25</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>43</v>
       </c>
       <c r="D56" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E56" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F56" s="0" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="3">
         <v>45996.8541666667</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>122</v>
+        <v>143</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>125</v>
+        <v>145</v>
       </c>
       <c r="D57" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E57" s="0" t="s">
-        <v>126</v>
+        <v>146</v>
       </c>
       <c r="F57" s="0" t="s">
-        <v>166</v>
+        <v>195</v>
       </c>
       <c r="G57" s="0" t="s">
-        <v>167</v>
+        <v>196</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="3">
         <v>45996.8541666667</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>174</v>
+        <v>208</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>175</v>
+        <v>209</v>
       </c>
       <c r="D58" s="0" t="s">
-        <v>193</v>
+        <v>227</v>
       </c>
       <c r="E58" s="0" t="s">
         <v>69</v>
       </c>
       <c r="F58" s="0" t="s">
-        <v>194</v>
+        <v>228</v>
       </c>
       <c r="G58" s="0" t="s">
-        <v>121</v>
+        <v>229</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="3">
         <v>45997.4166666667</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>206</v>
+        <v>248</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>87</v>
+        <v>103</v>
       </c>
       <c r="E59" s="0" t="s">
         <v>69</v>
       </c>
       <c r="F59" s="0" t="s">
-        <v>218</v>
+        <v>260</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="3">
         <v>45997.7291666667</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>78</v>
+        <v>94</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>105</v>
+        <v>121</v>
       </c>
       <c r="E60" s="0" t="s">
         <v>69</v>
       </c>
       <c r="F60" s="0" t="s">
-        <v>106</v>
+        <v>122</v>
       </c>
       <c r="G60" s="0" t="s">
-        <v>107</v>
+        <v>123</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="3">
         <v>45998.4270833333</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>224</v>
+        <v>273</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>129</v>
+        <v>149</v>
       </c>
       <c r="D61" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E61" s="0" t="s">
-        <v>152</v>
+        <v>173</v>
       </c>
       <c r="F61" s="0" t="s">
-        <v>238</v>
+        <v>286</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="3">
         <v>45998.5833333333</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>122</v>
+        <v>143</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>143</v>
+        <v>163</v>
       </c>
       <c r="D62" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E62" s="0" t="s">
-        <v>144</v>
+        <v>164</v>
       </c>
       <c r="F62" s="0" t="s">
-        <v>145</v>
+        <v>165</v>
       </c>
       <c r="G62" s="0" t="s">
-        <v>146</v>
+        <v>166</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="3">
         <v>45998.7291666667</v>
       </c>
       <c r="B63" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>52</v>
       </c>
       <c r="D63" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E63" s="0" t="s">
         <v>53</v>
       </c>
       <c r="F63" s="0" t="s">
         <v>54</v>
       </c>
       <c r="G63" s="0" t="s">
         <v>55</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="3">
         <v>46001.8645833333</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>122</v>
+        <v>143</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D64" s="0" t="s">
-        <v>137</v>
+        <v>157</v>
       </c>
       <c r="E64" s="0" t="s">
         <v>69</v>
       </c>
       <c r="F64" s="0" t="s">
-        <v>168</v>
+        <v>197</v>
       </c>
       <c r="G64" s="0" t="s">
-        <v>169</v>
+        <v>198</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="3">
         <v>46002.8541666667</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>78</v>
+        <v>94</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>108</v>
+        <v>124</v>
       </c>
       <c r="D65" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E65" s="0" t="s">
-        <v>109</v>
+        <v>125</v>
       </c>
       <c r="F65" s="0" t="s">
-        <v>110</v>
+        <v>126</v>
       </c>
       <c r="G65" s="0" t="s">
-        <v>111</v>
+        <v>127</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="3">
         <v>46003.8541666667</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>206</v>
+        <v>248</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D66" s="0" t="s">
-        <v>102</v>
+        <v>118</v>
       </c>
       <c r="E66" s="0" t="s">
-        <v>219</v>
+        <v>261</v>
       </c>
       <c r="F66" s="0" t="s">
-        <v>220</v>
+        <v>262</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="3">
         <v>46004.4166666667</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>224</v>
+        <v>273</v>
       </c>
       <c r="C67" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D67" s="0" t="s">
-        <v>210</v>
+        <v>252</v>
       </c>
       <c r="E67" s="0" t="s">
-        <v>180</v>
+        <v>214</v>
       </c>
       <c r="F67" s="0" t="s">
-        <v>239</v>
+        <v>287</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="3">
         <v>46004.5833333333</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>122</v>
+        <v>143</v>
       </c>
       <c r="C68" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D68" s="0" t="s">
-        <v>147</v>
+        <v>167</v>
       </c>
       <c r="E68" s="0" t="s">
         <v>69</v>
       </c>
       <c r="F68" s="0" t="s">
-        <v>148</v>
+        <v>168</v>
       </c>
       <c r="G68" s="0" t="s">
-        <v>149</v>
+        <v>169</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="3">
         <v>46004.7083333333</v>
       </c>
       <c r="B69" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C69" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D69" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E69" s="0" t="s">
         <v>16</v>
       </c>
       <c r="F69" s="0" t="s">
         <v>57</v>
       </c>
       <c r="G69" s="0" t="s">
         <v>58</v>
       </c>
       <c r="H69" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="3">
         <v>46007.8645833333</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>174</v>
+        <v>208</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>79</v>
+        <v>95</v>
       </c>
       <c r="D70" s="0" t="s">
-        <v>175</v>
+        <v>209</v>
       </c>
       <c r="E70" s="0" t="s">
-        <v>80</v>
+        <v>96</v>
       </c>
       <c r="F70" s="0" t="s">
-        <v>195</v>
+        <v>230</v>
       </c>
       <c r="G70" s="0" t="s">
-        <v>196</v>
+        <v>231</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="3">
         <v>46010.8541666667</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>122</v>
+        <v>143</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D71" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E71" s="0" t="s">
         <v>69</v>
       </c>
       <c r="F71" s="0" t="s">
-        <v>150</v>
+        <v>170</v>
       </c>
       <c r="G71" s="0" t="s">
-        <v>117</v>
+        <v>137</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="3">
         <v>46011.5625</v>
       </c>
       <c r="B72" s="0" t="s">
-        <v>224</v>
+        <v>273</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>105</v>
+        <v>121</v>
       </c>
       <c r="D72" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E72" s="0" t="s">
-        <v>208</v>
+        <v>250</v>
       </c>
       <c r="F72" s="0" t="s">
-        <v>240</v>
+        <v>288</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="3">
         <v>46011.6875</v>
       </c>
       <c r="B73" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C73" s="0" t="s">
         <v>15</v>
       </c>
       <c r="D73" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E73" s="0" t="s">
         <v>59</v>
       </c>
       <c r="F73" s="0" t="s">
         <v>60</v>
       </c>
       <c r="G73" s="0" t="s">
         <v>61</v>
       </c>
       <c r="H73" s="0" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="3">
         <v>46011.7083333333</v>
       </c>
       <c r="B74" s="0" t="s">
-        <v>78</v>
+        <v>94</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D74" s="0" t="s">
-        <v>79</v>
+        <v>95</v>
       </c>
       <c r="E74" s="0" t="s">
         <v>69</v>
       </c>
       <c r="F74" s="0" t="s">
-        <v>112</v>
+        <v>128</v>
       </c>
       <c r="G74" s="0" t="s">
-        <v>104</v>
+        <v>120</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="3">
         <v>46011.7083333333</v>
       </c>
       <c r="B75" s="0" t="s">
-        <v>206</v>
+        <v>248</v>
       </c>
       <c r="C75" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D75" s="0" t="s">
-        <v>79</v>
+        <v>95</v>
       </c>
       <c r="E75" s="0" t="s">
         <v>69</v>
       </c>
       <c r="F75" s="0" t="s">
-        <v>221</v>
+        <v>263</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="3">
         <v>46025.7083333333</v>
       </c>
       <c r="B76" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C76" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D76" s="0" t="s">
         <v>20</v>
       </c>
       <c r="E76" s="0" t="s">
         <v>16</v>
       </c>
       <c r="F76" s="0" t="s">
         <v>62</v>
       </c>
       <c r="G76" s="0" t="s">
         <v>63</v>
       </c>
       <c r="H76" s="0" t="s">
@@ -3274,996 +3655,1326 @@
       </c>
       <c r="C77" s="0" t="s">
         <v>28</v>
       </c>
       <c r="D77" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E77" s="0" t="s">
         <v>65</v>
       </c>
       <c r="F77" s="0" t="s">
         <v>66</v>
       </c>
       <c r="G77" s="0" t="s">
         <v>55</v>
       </c>
       <c r="H77" s="0" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="3">
         <v>46032.4375</v>
       </c>
       <c r="B78" s="0" t="s">
-        <v>224</v>
+        <v>273</v>
       </c>
       <c r="C78" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D78" s="0" t="s">
-        <v>98</v>
+        <v>114</v>
       </c>
       <c r="E78" s="0" t="s">
-        <v>180</v>
+        <v>214</v>
+      </c>
+      <c r="F78" s="0" t="s">
+        <v>289</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="3">
         <v>46033.5833333333</v>
       </c>
       <c r="B79" s="0" t="s">
-        <v>206</v>
+        <v>248</v>
       </c>
       <c r="C79" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D79" s="0" t="s">
-        <v>105</v>
+        <v>121</v>
       </c>
       <c r="E79" s="0" t="s">
         <v>69</v>
+      </c>
+      <c r="F79" s="0" t="s">
+        <v>264</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="3">
         <v>46033.7083333333</v>
       </c>
       <c r="B80" s="0" t="s">
         <v>68</v>
       </c>
       <c r="C80" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D80" s="0" t="s">
         <v>28</v>
       </c>
       <c r="E80" s="0" t="s">
         <v>69</v>
       </c>
+      <c r="F80" s="0" t="s">
+        <v>70</v>
+      </c>
     </row>
     <row r="81">
       <c r="A81" s="3">
         <v>46035.84375</v>
       </c>
       <c r="B81" s="0" t="s">
-        <v>122</v>
+        <v>143</v>
       </c>
       <c r="C81" s="0" t="s">
-        <v>140</v>
+        <v>160</v>
       </c>
       <c r="D81" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E81" s="0" t="s">
-        <v>141</v>
+        <v>161</v>
+      </c>
+      <c r="F81" s="0" t="s">
+        <v>199</v>
       </c>
       <c r="G81" s="0" t="s">
-        <v>104</v>
+        <v>120</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="3">
         <v>46036.8333333333</v>
       </c>
       <c r="B82" s="0" t="s">
-        <v>174</v>
+        <v>208</v>
       </c>
       <c r="C82" s="0" t="s">
-        <v>176</v>
+        <v>210</v>
       </c>
       <c r="D82" s="0" t="s">
-        <v>175</v>
+        <v>209</v>
       </c>
       <c r="E82" s="0" t="s">
-        <v>197</v>
+        <v>232</v>
+      </c>
+      <c r="F82" s="0" t="s">
+        <v>233</v>
       </c>
       <c r="G82" s="0" t="s">
-        <v>114</v>
+        <v>234</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="3">
         <v>46038.7916666667</v>
       </c>
       <c r="B83" s="0" t="s">
-        <v>206</v>
+        <v>248</v>
       </c>
       <c r="C83" s="0" t="s">
-        <v>210</v>
+        <v>252</v>
       </c>
       <c r="D83" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E83" s="0" t="s">
-        <v>222</v>
+        <v>265</v>
+      </c>
+      <c r="F83" s="0" t="s">
+        <v>266</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="3">
         <v>46038.8541666667</v>
       </c>
       <c r="B84" s="0" t="s">
-        <v>78</v>
+        <v>94</v>
       </c>
       <c r="C84" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D84" s="0" t="s">
-        <v>83</v>
+        <v>99</v>
       </c>
       <c r="E84" s="0" t="s">
         <v>69</v>
       </c>
+      <c r="F84" s="0" t="s">
+        <v>129</v>
+      </c>
       <c r="G84" s="0" t="s">
-        <v>113</v>
+        <v>130</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="3">
         <v>46039.4166666667</v>
       </c>
       <c r="B85" s="0" t="s">
-        <v>224</v>
+        <v>273</v>
       </c>
       <c r="C85" s="0" t="s">
-        <v>234</v>
+        <v>282</v>
       </c>
       <c r="D85" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E85" s="0" t="s">
-        <v>115</v>
+        <v>132</v>
+      </c>
+      <c r="F85" s="0" t="s">
+        <v>290</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="3">
         <v>46040.5625</v>
       </c>
       <c r="B86" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C86" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D86" s="0" t="s">
         <v>33</v>
       </c>
       <c r="E86" s="0" t="s">
         <v>16</v>
       </c>
+      <c r="F86" s="0" t="s">
+        <v>71</v>
+      </c>
       <c r="G86" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H86" s="0" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="3">
         <v>46040.6875</v>
       </c>
       <c r="B87" s="0" t="s">
-        <v>122</v>
+        <v>143</v>
       </c>
       <c r="C87" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D87" s="0" t="s">
-        <v>125</v>
+        <v>145</v>
       </c>
       <c r="E87" s="0" t="s">
         <v>69</v>
       </c>
+      <c r="F87" s="0" t="s">
+        <v>171</v>
+      </c>
       <c r="G87" s="0" t="s">
-        <v>151</v>
+        <v>172</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="3">
         <v>46042.8541666667</v>
       </c>
       <c r="B88" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C88" s="0" t="s">
         <v>38</v>
       </c>
       <c r="D88" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E88" s="0" t="s">
-        <v>70</v>
+        <v>72</v>
+      </c>
+      <c r="F88" s="0" t="s">
+        <v>73</v>
       </c>
       <c r="G88" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H88" s="0" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="3">
         <v>46044.8645833333</v>
       </c>
       <c r="B89" s="0" t="s">
-        <v>122</v>
+        <v>143</v>
       </c>
       <c r="C89" s="0" t="s">
-        <v>129</v>
+        <v>149</v>
       </c>
       <c r="D89" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E89" s="0" t="s">
-        <v>152</v>
+        <v>173</v>
+      </c>
+      <c r="F89" s="0" t="s">
+        <v>174</v>
       </c>
       <c r="G89" s="0" t="s">
-        <v>153</v>
+        <v>175</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="3">
         <v>46046.4375</v>
       </c>
       <c r="B90" s="0" t="s">
-        <v>206</v>
+        <v>248</v>
       </c>
       <c r="C90" s="0" t="s">
-        <v>212</v>
+        <v>254</v>
       </c>
       <c r="D90" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E90" s="0" t="s">
-        <v>126</v>
+        <v>146</v>
+      </c>
+      <c r="F90" s="0" t="s">
+        <v>267</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="3">
         <v>46046.625</v>
       </c>
       <c r="B91" s="0" t="s">
-        <v>122</v>
+        <v>143</v>
       </c>
       <c r="C91" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D91" s="0" t="s">
-        <v>132</v>
+        <v>152</v>
       </c>
       <c r="E91" s="0" t="s">
         <v>69</v>
       </c>
+      <c r="F91" s="0" t="s">
+        <v>200</v>
+      </c>
       <c r="G91" s="0" t="s">
-        <v>104</v>
+        <v>120</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="3">
         <v>46046.7291666667</v>
       </c>
       <c r="B92" s="0" t="s">
-        <v>78</v>
+        <v>94</v>
       </c>
       <c r="C92" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D92" s="0" t="s">
-        <v>87</v>
+        <v>103</v>
       </c>
       <c r="E92" s="0" t="s">
         <v>69</v>
       </c>
+      <c r="F92" s="0" t="s">
+        <v>131</v>
+      </c>
       <c r="G92" s="0" t="s">
-        <v>114</v>
+        <v>98</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="3">
         <v>46046.7291666667</v>
       </c>
       <c r="B93" s="0" t="s">
-        <v>174</v>
+        <v>208</v>
       </c>
       <c r="C93" s="0" t="s">
-        <v>175</v>
+        <v>209</v>
       </c>
       <c r="D93" s="0" t="s">
-        <v>137</v>
+        <v>157</v>
       </c>
       <c r="E93" s="0" t="s">
         <v>69</v>
       </c>
+      <c r="F93" s="0" t="s">
+        <v>235</v>
+      </c>
       <c r="G93" s="0" t="s">
-        <v>198</v>
+        <v>236</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="3">
-        <v>46048.875</v>
+        <v>46047.6666666667</v>
       </c>
       <c r="B94" s="0" t="s">
-        <v>122</v>
+        <v>68</v>
       </c>
       <c r="C94" s="0" t="s">
-        <v>147</v>
+        <v>75</v>
       </c>
       <c r="D94" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E94" s="0" t="s">
-        <v>170</v>
-[...2 lines deleted...]
-        <v>156</v>
+        <v>76</v>
+      </c>
+      <c r="F94" s="0" t="s">
+        <v>77</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="3">
-        <v>46052.8541666667</v>
+        <v>46048.875</v>
       </c>
       <c r="B95" s="0" t="s">
-        <v>78</v>
+        <v>143</v>
       </c>
       <c r="C95" s="0" t="s">
-        <v>91</v>
+        <v>167</v>
       </c>
       <c r="D95" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E95" s="0" t="s">
-        <v>115</v>
+        <v>201</v>
+      </c>
+      <c r="F95" s="0" t="s">
+        <v>202</v>
       </c>
       <c r="G95" s="0" t="s">
-        <v>90</v>
+        <v>169</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="3">
-        <v>46053.5625</v>
+        <v>46052.8541666667</v>
       </c>
       <c r="B96" s="0" t="s">
-        <v>122</v>
+        <v>94</v>
       </c>
       <c r="C96" s="0" t="s">
+        <v>107</v>
+      </c>
+      <c r="D96" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="E96" s="0" t="s">
         <v>132</v>
       </c>
-      <c r="D96" s="0" t="s">
-[...3 lines deleted...]
-        <v>154</v>
+      <c r="F96" s="0" t="s">
+        <v>133</v>
       </c>
       <c r="G96" s="0" t="s">
-        <v>155</v>
+        <v>106</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="3">
-        <v>46053.625</v>
+        <v>46053.5625</v>
       </c>
       <c r="B97" s="0" t="s">
-        <v>174</v>
+        <v>143</v>
       </c>
       <c r="C97" s="0" t="s">
-        <v>102</v>
+        <v>152</v>
       </c>
       <c r="D97" s="0" t="s">
-        <v>175</v>
+        <v>10</v>
       </c>
       <c r="E97" s="0" t="s">
-        <v>118</v>
+        <v>176</v>
+      </c>
+      <c r="F97" s="0" t="s">
+        <v>177</v>
       </c>
       <c r="G97" s="0" t="s">
-        <v>149</v>
+        <v>178</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="3">
-        <v>46053.75</v>
+        <v>46053.625</v>
       </c>
       <c r="B98" s="0" t="s">
-        <v>8</v>
+        <v>208</v>
       </c>
       <c r="C98" s="0" t="s">
-        <v>40</v>
+        <v>118</v>
       </c>
       <c r="D98" s="0" t="s">
-        <v>10</v>
+        <v>209</v>
       </c>
       <c r="E98" s="0" t="s">
-        <v>72</v>
+        <v>138</v>
+      </c>
+      <c r="F98" s="0" t="s">
+        <v>237</v>
       </c>
       <c r="G98" s="0" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-        <v>74</v>
+        <v>169</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="3">
-        <v>46057.8645833333</v>
+        <v>46053.75</v>
       </c>
       <c r="B99" s="0" t="s">
-        <v>122</v>
+        <v>8</v>
       </c>
       <c r="C99" s="0" t="s">
-        <v>10</v>
+        <v>40</v>
       </c>
       <c r="D99" s="0" t="s">
-        <v>143</v>
+        <v>10</v>
       </c>
       <c r="E99" s="0" t="s">
-        <v>69</v>
+        <v>78</v>
+      </c>
+      <c r="F99" s="0" t="s">
+        <v>79</v>
       </c>
       <c r="G99" s="0" t="s">
-        <v>171</v>
+        <v>80</v>
+      </c>
+      <c r="H99" s="0" t="s">
+        <v>81</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="3">
-        <v>46058.8333333333</v>
+        <v>46057.8645833333</v>
       </c>
       <c r="B100" s="0" t="s">
-        <v>8</v>
+        <v>143</v>
       </c>
       <c r="C100" s="0" t="s">
-        <v>47</v>
+        <v>10</v>
       </c>
       <c r="D100" s="0" t="s">
-        <v>10</v>
+        <v>163</v>
       </c>
       <c r="E100" s="0" t="s">
-        <v>75</v>
+        <v>69</v>
+      </c>
+      <c r="F100" s="0" t="s">
+        <v>203</v>
+      </c>
+      <c r="G100" s="0" t="s">
+        <v>204</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="3">
-        <v>46059.8541666667</v>
+        <v>46058.8333333333</v>
       </c>
       <c r="B101" s="0" t="s">
-        <v>174</v>
+        <v>8</v>
       </c>
       <c r="C101" s="0" t="s">
-        <v>175</v>
+        <v>47</v>
       </c>
       <c r="D101" s="0" t="s">
-        <v>182</v>
+        <v>10</v>
       </c>
       <c r="E101" s="0" t="s">
-        <v>69</v>
+        <v>82</v>
+      </c>
+      <c r="F101" s="0" t="s">
+        <v>83</v>
       </c>
       <c r="G101" s="0" t="s">
-        <v>199</v>
+        <v>23</v>
+      </c>
+      <c r="H101" s="0" t="s">
+        <v>42</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="3">
-        <v>46060.625</v>
+        <v>46059.8541666667</v>
       </c>
       <c r="B102" s="0" t="s">
-        <v>122</v>
+        <v>208</v>
       </c>
       <c r="C102" s="0" t="s">
-        <v>10</v>
+        <v>209</v>
       </c>
       <c r="D102" s="0" t="s">
-        <v>134</v>
+        <v>216</v>
       </c>
       <c r="E102" s="0" t="s">
         <v>69</v>
       </c>
+      <c r="F102" s="0" t="s">
+        <v>238</v>
+      </c>
       <c r="G102" s="0" t="s">
-        <v>156</v>
+        <v>239</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="3">
-        <v>46060.7291666667</v>
+        <v>46060.625</v>
       </c>
       <c r="B103" s="0" t="s">
-        <v>206</v>
+        <v>143</v>
       </c>
       <c r="C103" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D103" s="0" t="s">
-        <v>91</v>
+        <v>154</v>
       </c>
       <c r="E103" s="0" t="s">
         <v>69</v>
+      </c>
+      <c r="F103" s="0" t="s">
+        <v>179</v>
+      </c>
+      <c r="G103" s="0" t="s">
+        <v>180</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="3">
         <v>46060.7291666667</v>
       </c>
       <c r="B104" s="0" t="s">
-        <v>78</v>
+        <v>248</v>
       </c>
       <c r="C104" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D104" s="0" t="s">
-        <v>94</v>
+        <v>107</v>
       </c>
       <c r="E104" s="0" t="s">
         <v>69</v>
       </c>
-      <c r="G104" s="0" t="s">
-        <v>116</v>
+      <c r="F104" s="0" t="s">
+        <v>268</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="3">
-        <v>46064.8645833333</v>
+        <v>46060.7291666667</v>
       </c>
       <c r="B105" s="0" t="s">
-        <v>122</v>
+        <v>94</v>
       </c>
       <c r="C105" s="0" t="s">
-        <v>129</v>
+        <v>10</v>
       </c>
       <c r="D105" s="0" t="s">
-        <v>10</v>
+        <v>110</v>
       </c>
       <c r="E105" s="0" t="s">
-        <v>152</v>
+        <v>69</v>
+      </c>
+      <c r="F105" s="0" t="s">
+        <v>134</v>
       </c>
       <c r="G105" s="0" t="s">
-        <v>172</v>
+        <v>135</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="3">
-        <v>46066.8125</v>
+        <v>46061.7291666667</v>
       </c>
       <c r="B106" s="0" t="s">
-        <v>206</v>
+        <v>68</v>
       </c>
       <c r="C106" s="0" t="s">
-        <v>193</v>
+        <v>52</v>
       </c>
       <c r="D106" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E106" s="0" t="s">
-        <v>203</v>
+        <v>53</v>
+      </c>
+      <c r="F106" s="0" t="s">
+        <v>84</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="3">
-        <v>46066.8541666667</v>
+        <v>46064.8645833333</v>
       </c>
       <c r="B107" s="0" t="s">
-        <v>174</v>
+        <v>143</v>
       </c>
       <c r="C107" s="0" t="s">
-        <v>175</v>
+        <v>149</v>
       </c>
       <c r="D107" s="0" t="s">
-        <v>186</v>
+        <v>10</v>
       </c>
       <c r="E107" s="0" t="s">
-        <v>69</v>
+        <v>173</v>
+      </c>
+      <c r="F107" s="0" t="s">
+        <v>205</v>
       </c>
       <c r="G107" s="0" t="s">
-        <v>200</v>
+        <v>206</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="3">
-        <v>46067.5833333333</v>
+        <v>46066.8125</v>
       </c>
       <c r="B108" s="0" t="s">
-        <v>78</v>
+        <v>248</v>
       </c>
       <c r="C108" s="0" t="s">
-        <v>10</v>
+        <v>227</v>
       </c>
       <c r="D108" s="0" t="s">
-        <v>98</v>
+        <v>10</v>
       </c>
       <c r="E108" s="0" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-        <v>117</v>
+        <v>245</v>
+      </c>
+      <c r="F108" s="0" t="s">
+        <v>269</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="3">
-        <v>46067.6666666667</v>
+        <v>46066.8541666667</v>
       </c>
       <c r="B109" s="0" t="s">
-        <v>122</v>
+        <v>208</v>
       </c>
       <c r="C109" s="0" t="s">
-        <v>137</v>
+        <v>209</v>
       </c>
       <c r="D109" s="0" t="s">
-        <v>10</v>
+        <v>220</v>
       </c>
       <c r="E109" s="0" t="s">
-        <v>157</v>
+        <v>69</v>
+      </c>
+      <c r="F109" s="0" t="s">
+        <v>240</v>
       </c>
       <c r="G109" s="0" t="s">
-        <v>120</v>
+        <v>241</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="3">
-        <v>46067.7291666667</v>
+        <v>46067.5833333333</v>
       </c>
       <c r="B110" s="0" t="s">
-        <v>8</v>
+        <v>94</v>
       </c>
       <c r="C110" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D110" s="0" t="s">
-        <v>52</v>
+        <v>114</v>
       </c>
       <c r="E110" s="0" t="s">
-        <v>16</v>
+        <v>69</v>
+      </c>
+      <c r="F110" s="0" t="s">
+        <v>136</v>
       </c>
       <c r="G110" s="0" t="s">
-        <v>76</v>
-[...2 lines deleted...]
-        <v>77</v>
+        <v>137</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="3">
-        <v>46075.5625</v>
+        <v>46067.6666666667</v>
       </c>
       <c r="B111" s="0" t="s">
-        <v>206</v>
+        <v>143</v>
       </c>
       <c r="C111" s="0" t="s">
-        <v>10</v>
+        <v>157</v>
       </c>
       <c r="D111" s="0" t="s">
-        <v>137</v>
+        <v>10</v>
       </c>
       <c r="E111" s="0" t="s">
-        <v>69</v>
+        <v>181</v>
+      </c>
+      <c r="F111" s="0" t="s">
+        <v>182</v>
+      </c>
+      <c r="G111" s="0" t="s">
+        <v>142</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="3">
-        <v>46078.8541666667</v>
+        <v>46067.7291666667</v>
       </c>
       <c r="B112" s="0" t="s">
-        <v>174</v>
+        <v>8</v>
       </c>
       <c r="C112" s="0" t="s">
-        <v>190</v>
+        <v>10</v>
       </c>
       <c r="D112" s="0" t="s">
-        <v>175</v>
+        <v>52</v>
       </c>
       <c r="E112" s="0" t="s">
-        <v>201</v>
+        <v>16</v>
+      </c>
+      <c r="F112" s="0" t="s">
+        <v>85</v>
       </c>
       <c r="G112" s="0" t="s">
-        <v>202</v>
+        <v>18</v>
+      </c>
+      <c r="H112" s="0" t="s">
+        <v>63</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="3">
-        <v>46080.8541666667</v>
+        <v>46074.7083333333</v>
       </c>
       <c r="B113" s="0" t="s">
-        <v>122</v>
+        <v>86</v>
       </c>
       <c r="C113" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D113" s="0" t="s">
-        <v>134</v>
+        <v>40</v>
       </c>
       <c r="E113" s="0" t="s">
         <v>69</v>
       </c>
+      <c r="F113" s="0" t="s">
+        <v>87</v>
+      </c>
       <c r="G113" s="0" t="s">
-        <v>120</v>
+        <v>63</v>
+      </c>
+      <c r="H113" s="0" t="s">
+        <v>88</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="3">
-        <v>46081.4375</v>
+        <v>46075.5625</v>
       </c>
       <c r="B114" s="0" t="s">
-        <v>206</v>
+        <v>248</v>
       </c>
       <c r="C114" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D114" s="0" t="s">
-        <v>147</v>
+        <v>157</v>
       </c>
       <c r="E114" s="0" t="s">
-        <v>180</v>
+        <v>69</v>
+      </c>
+      <c r="F114" s="0" t="s">
+        <v>270</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="3">
-        <v>46081.5833333333</v>
+        <v>46078.8541666667</v>
       </c>
       <c r="B115" s="0" t="s">
-        <v>122</v>
+        <v>208</v>
       </c>
       <c r="C115" s="0" t="s">
-        <v>10</v>
+        <v>224</v>
       </c>
       <c r="D115" s="0" t="s">
-        <v>140</v>
+        <v>209</v>
       </c>
       <c r="E115" s="0" t="s">
-        <v>69</v>
+        <v>242</v>
+      </c>
+      <c r="F115" s="0" t="s">
+        <v>243</v>
       </c>
       <c r="G115" s="0" t="s">
-        <v>146</v>
+        <v>244</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="3">
-        <v>46081.75</v>
+        <v>46080.8541666667</v>
       </c>
       <c r="B116" s="0" t="s">
-        <v>78</v>
+        <v>143</v>
       </c>
       <c r="C116" s="0" t="s">
-        <v>102</v>
+        <v>10</v>
       </c>
       <c r="D116" s="0" t="s">
-        <v>10</v>
+        <v>154</v>
       </c>
       <c r="E116" s="0" t="s">
-        <v>118</v>
+        <v>69</v>
+      </c>
+      <c r="F116" s="0" t="s">
+        <v>207</v>
       </c>
       <c r="G116" s="0" t="s">
-        <v>90</v>
+        <v>142</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="3">
-        <v>46086.8645833333</v>
+        <v>46081.4375</v>
       </c>
       <c r="B117" s="0" t="s">
-        <v>78</v>
+        <v>248</v>
       </c>
       <c r="C117" s="0" t="s">
-        <v>105</v>
+        <v>10</v>
       </c>
       <c r="D117" s="0" t="s">
-        <v>10</v>
+        <v>167</v>
       </c>
       <c r="E117" s="0" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-        <v>120</v>
+        <v>214</v>
+      </c>
+      <c r="F117" s="0" t="s">
+        <v>271</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="3">
-        <v>46087.8541666667</v>
+        <v>46081.5833333333</v>
       </c>
       <c r="B118" s="0" t="s">
-        <v>122</v>
+        <v>143</v>
       </c>
       <c r="C118" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D118" s="0" t="s">
-        <v>125</v>
+        <v>160</v>
       </c>
       <c r="E118" s="0" t="s">
         <v>69</v>
       </c>
+      <c r="F118" s="0" t="s">
+        <v>183</v>
+      </c>
       <c r="G118" s="0" t="s">
-        <v>173</v>
+        <v>166</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="3">
-        <v>46088.5833333333</v>
+        <v>46081.75</v>
       </c>
       <c r="B119" s="0" t="s">
-        <v>122</v>
+        <v>94</v>
       </c>
       <c r="C119" s="0" t="s">
-        <v>10</v>
+        <v>118</v>
       </c>
       <c r="D119" s="0" t="s">
-        <v>143</v>
+        <v>10</v>
       </c>
       <c r="E119" s="0" t="s">
-        <v>69</v>
+        <v>138</v>
+      </c>
+      <c r="F119" s="0" t="s">
+        <v>139</v>
       </c>
       <c r="G119" s="0" t="s">
-        <v>116</v>
+        <v>140</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="3">
-        <v>46088.5833333333</v>
+        <v>46081.7916666667</v>
       </c>
       <c r="B120" s="0" t="s">
-        <v>206</v>
+        <v>86</v>
       </c>
       <c r="C120" s="0" t="s">
-        <v>87</v>
+        <v>40</v>
       </c>
       <c r="D120" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E120" s="0" t="s">
-        <v>223</v>
+        <v>89</v>
+      </c>
+      <c r="F120" s="0" t="s">
+        <v>90</v>
+      </c>
+      <c r="G120" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H120" s="0" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="3">
-        <v>46088.6666666667</v>
+        <v>46086.8645833333</v>
       </c>
       <c r="B121" s="0" t="s">
-        <v>174</v>
+        <v>94</v>
       </c>
       <c r="C121" s="0" t="s">
-        <v>193</v>
+        <v>121</v>
       </c>
       <c r="D121" s="0" t="s">
-        <v>175</v>
+        <v>10</v>
       </c>
       <c r="E121" s="0" t="s">
-        <v>203</v>
+        <v>141</v>
       </c>
       <c r="G121" s="0" t="s">
-        <v>204</v>
+        <v>142</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="3">
-        <v>46089.5833333333</v>
+        <v>46087.8541666667</v>
       </c>
       <c r="B122" s="0" t="s">
-        <v>78</v>
+        <v>143</v>
       </c>
       <c r="C122" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D122" s="0" t="s">
-        <v>108</v>
+        <v>145</v>
       </c>
       <c r="E122" s="0" t="s">
         <v>69</v>
       </c>
       <c r="G122" s="0" t="s">
-        <v>121</v>
+        <v>159</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="3">
-        <v>46094.8541666667</v>
+        <v>46088.5833333333</v>
       </c>
       <c r="B123" s="0" t="s">
-        <v>174</v>
+        <v>143</v>
       </c>
       <c r="C123" s="0" t="s">
-        <v>175</v>
+        <v>10</v>
       </c>
       <c r="D123" s="0" t="s">
-        <v>79</v>
+        <v>163</v>
       </c>
       <c r="E123" s="0" t="s">
         <v>69</v>
       </c>
       <c r="G123" s="0" t="s">
-        <v>205</v>
+        <v>184</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="3">
-        <v>46095.5833333333</v>
+        <v>46088.5833333333</v>
       </c>
       <c r="B124" s="0" t="s">
-        <v>206</v>
+        <v>248</v>
       </c>
       <c r="C124" s="0" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D124" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E124" s="0" t="s">
-        <v>118</v>
+        <v>272</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="3">
-        <v>46095.6666666667</v>
+        <v>46088.6666666667</v>
       </c>
       <c r="B125" s="0" t="s">
-        <v>122</v>
+        <v>208</v>
       </c>
       <c r="C125" s="0" t="s">
-        <v>137</v>
+        <v>227</v>
       </c>
       <c r="D125" s="0" t="s">
-        <v>10</v>
+        <v>209</v>
       </c>
       <c r="E125" s="0" t="s">
-        <v>157</v>
+        <v>245</v>
       </c>
       <c r="G125" s="0" t="s">
-        <v>116</v>
+        <v>246</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="3">
+        <v>46089.5833333333</v>
+      </c>
+      <c r="B126" s="0" t="s">
+        <v>94</v>
+      </c>
+      <c r="C126" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="D126" s="0" t="s">
+        <v>124</v>
+      </c>
+      <c r="E126" s="0" t="s">
+        <v>69</v>
+      </c>
+      <c r="G126" s="0" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="127">
+      <c r="A127" s="3">
+        <v>46089.7291666667</v>
+      </c>
+      <c r="B127" s="0" t="s">
+        <v>91</v>
+      </c>
+      <c r="C127" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="D127" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="E127" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="G127" s="0" t="s">
+        <v>81</v>
+      </c>
+      <c r="H127" s="0" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="128">
+      <c r="A128" s="3">
+        <v>46094.8541666667</v>
+      </c>
+      <c r="B128" s="0" t="s">
+        <v>208</v>
+      </c>
+      <c r="C128" s="0" t="s">
+        <v>209</v>
+      </c>
+      <c r="D128" s="0" t="s">
+        <v>95</v>
+      </c>
+      <c r="E128" s="0" t="s">
+        <v>69</v>
+      </c>
+      <c r="G128" s="0" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="129">
+      <c r="A129" s="3">
+        <v>46095.5833333333</v>
+      </c>
+      <c r="B129" s="0" t="s">
+        <v>248</v>
+      </c>
+      <c r="C129" s="0" t="s">
+        <v>118</v>
+      </c>
+      <c r="D129" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="E129" s="0" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="130">
+      <c r="A130" s="3">
+        <v>46095.6666666667</v>
+      </c>
+      <c r="B130" s="0" t="s">
+        <v>143</v>
+      </c>
+      <c r="C130" s="0" t="s">
+        <v>157</v>
+      </c>
+      <c r="D130" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="E130" s="0" t="s">
+        <v>181</v>
+      </c>
+      <c r="G130" s="0" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="131">
+      <c r="A131" s="3">
         <v>46095.7083333333</v>
       </c>
-      <c r="B126" s="0" t="s">
-[...12 lines deleted...]
-        <v>101</v>
+      <c r="B131" s="0" t="s">
+        <v>143</v>
+      </c>
+      <c r="C131" s="0" t="s">
+        <v>167</v>
+      </c>
+      <c r="D131" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="E131" s="0" t="s">
+        <v>111</v>
+      </c>
+      <c r="G131" s="0" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="132">
+      <c r="A132" s="3">
+        <v>46095.7083333333</v>
+      </c>
+      <c r="B132" s="0" t="s">
+        <v>91</v>
+      </c>
+      <c r="C132" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="D132" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="E132" s="0" t="s">
+        <v>69</v>
+      </c>
+      <c r="G132" s="0" t="s">
+        <v>63</v>
+      </c>
+      <c r="H132" s="0" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="133">
+      <c r="A133" s="3">
+        <v>46099.8333333333</v>
+      </c>
+      <c r="B133" s="0" t="s">
+        <v>91</v>
+      </c>
+      <c r="C133" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="D133" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="E133" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="G133" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="H133" s="0" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="134">
+      <c r="A134" s="3">
+        <v>46101.8333333333</v>
+      </c>
+      <c r="B134" s="0" t="s">
+        <v>91</v>
+      </c>
+      <c r="C134" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="D134" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="E134" s="0" t="s">
+        <v>69</v>
+      </c>
+      <c r="G134" s="0" t="s">
+        <v>92</v>
+      </c>
+      <c r="H134" s="0" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="135">
+      <c r="A135" s="3">
+        <v>46103.7291666667</v>
+      </c>
+      <c r="B135" s="0" t="s">
+        <v>91</v>
+      </c>
+      <c r="C135" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="D135" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="E135" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="G135" s="0" t="s">
+        <v>93</v>
+      </c>
+      <c r="H135" s="0" t="s">
+        <v>19</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H19"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.6921789986747" customWidth="1" style="3"/>
     <col min="2" max="2" width="9.140625" customWidth="1"/>
     <col min="3" max="3" width="19.8882337297712" customWidth="1"/>
     <col min="4" max="4" width="19.8882337297712" customWidth="1"/>
     <col min="5" max="5" width="27.798575265067" customWidth="1"/>
     <col min="6" max="6" width="33.040762765067" customWidth="1"/>
     <col min="7" max="7" width="26.7857404436384" customWidth="1"/>
     <col min="8" max="8" width="9.140625" customWidth="1"/>
   </cols>
   <sheetData>
@@ -4276,433 +4987,451 @@
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="3">
         <v>45927.7083333333</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>78</v>
+        <v>94</v>
       </c>
       <c r="C2" s="0" t="s">
-        <v>79</v>
+        <v>95</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E2" s="0" t="s">
-        <v>80</v>
+        <v>96</v>
       </c>
       <c r="F2" s="0" t="s">
-        <v>81</v>
+        <v>97</v>
       </c>
       <c r="G2" s="0" t="s">
-        <v>82</v>
+        <v>98</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="3">
         <v>45940.8541666667</v>
       </c>
       <c r="B3" s="0" t="s">
-        <v>78</v>
+        <v>94</v>
       </c>
       <c r="C3" s="0" t="s">
-        <v>83</v>
+        <v>99</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E3" s="0" t="s">
-        <v>84</v>
+        <v>100</v>
       </c>
       <c r="F3" s="0" t="s">
-        <v>85</v>
+        <v>101</v>
       </c>
       <c r="G3" s="0" t="s">
-        <v>86</v>
+        <v>102</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="3">
         <v>45960.875</v>
       </c>
       <c r="B4" s="0" t="s">
-        <v>78</v>
+        <v>94</v>
       </c>
       <c r="C4" s="0" t="s">
-        <v>87</v>
+        <v>103</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E4" s="0" t="s">
-        <v>88</v>
+        <v>104</v>
       </c>
       <c r="F4" s="0" t="s">
-        <v>89</v>
+        <v>105</v>
       </c>
       <c r="G4" s="0" t="s">
-        <v>90</v>
+        <v>106</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="3">
         <v>45968.8541666667</v>
       </c>
       <c r="B5" s="0" t="s">
-        <v>78</v>
+        <v>94</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D5" s="0" t="s">
-        <v>91</v>
+        <v>107</v>
       </c>
       <c r="E5" s="0" t="s">
         <v>69</v>
       </c>
       <c r="F5" s="0" t="s">
-        <v>92</v>
+        <v>108</v>
       </c>
       <c r="G5" s="0" t="s">
-        <v>93</v>
+        <v>109</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="3">
         <v>45973.8541666667</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>78</v>
+        <v>94</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>94</v>
+        <v>110</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E6" s="0" t="s">
-        <v>95</v>
+        <v>111</v>
       </c>
       <c r="F6" s="0" t="s">
-        <v>96</v>
+        <v>112</v>
       </c>
       <c r="G6" s="0" t="s">
-        <v>97</v>
+        <v>113</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="3">
         <v>45981.8541666667</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>78</v>
+        <v>94</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>98</v>
+        <v>114</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E7" s="0" t="s">
-        <v>99</v>
+        <v>115</v>
       </c>
       <c r="F7" s="0" t="s">
-        <v>100</v>
+        <v>116</v>
       </c>
       <c r="G7" s="0" t="s">
-        <v>101</v>
+        <v>117</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="3">
         <v>45990.5833333333</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>78</v>
+        <v>94</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D8" s="0" t="s">
-        <v>102</v>
+        <v>118</v>
       </c>
       <c r="E8" s="0" t="s">
         <v>69</v>
       </c>
       <c r="F8" s="0" t="s">
-        <v>103</v>
+        <v>119</v>
       </c>
       <c r="G8" s="0" t="s">
-        <v>104</v>
+        <v>120</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="3">
         <v>45997.7291666667</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>78</v>
+        <v>94</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D9" s="0" t="s">
-        <v>105</v>
+        <v>121</v>
       </c>
       <c r="E9" s="0" t="s">
         <v>69</v>
       </c>
       <c r="F9" s="0" t="s">
-        <v>106</v>
+        <v>122</v>
       </c>
       <c r="G9" s="0" t="s">
-        <v>107</v>
+        <v>123</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="3">
         <v>46002.8541666667</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>78</v>
+        <v>94</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>108</v>
+        <v>124</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E10" s="0" t="s">
-        <v>109</v>
+        <v>125</v>
       </c>
       <c r="F10" s="0" t="s">
-        <v>110</v>
+        <v>126</v>
       </c>
       <c r="G10" s="0" t="s">
-        <v>111</v>
+        <v>127</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="3">
         <v>46011.7083333333</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>78</v>
+        <v>94</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>79</v>
+        <v>95</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>69</v>
       </c>
       <c r="F11" s="0" t="s">
-        <v>112</v>
+        <v>128</v>
       </c>
       <c r="G11" s="0" t="s">
-        <v>104</v>
+        <v>120</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="3">
         <v>46038.8541666667</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>78</v>
+        <v>94</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>83</v>
+        <v>99</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>69</v>
       </c>
+      <c r="F12" s="0" t="s">
+        <v>129</v>
+      </c>
       <c r="G12" s="0" t="s">
-        <v>113</v>
+        <v>130</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="3">
         <v>46046.7291666667</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>78</v>
+        <v>94</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>87</v>
+        <v>103</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>69</v>
       </c>
+      <c r="F13" s="0" t="s">
+        <v>131</v>
+      </c>
       <c r="G13" s="0" t="s">
-        <v>114</v>
+        <v>98</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="3">
         <v>46052.8541666667</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>78</v>
+        <v>94</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>91</v>
+        <v>107</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E14" s="0" t="s">
-        <v>115</v>
+        <v>132</v>
+      </c>
+      <c r="F14" s="0" t="s">
+        <v>133</v>
       </c>
       <c r="G14" s="0" t="s">
-        <v>90</v>
+        <v>106</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="3">
         <v>46060.7291666667</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>78</v>
+        <v>94</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>94</v>
+        <v>110</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>69</v>
       </c>
+      <c r="F15" s="0" t="s">
+        <v>134</v>
+      </c>
       <c r="G15" s="0" t="s">
-        <v>116</v>
+        <v>135</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="3">
         <v>46067.5833333333</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>78</v>
+        <v>94</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>98</v>
+        <v>114</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>69</v>
       </c>
+      <c r="F16" s="0" t="s">
+        <v>136</v>
+      </c>
       <c r="G16" s="0" t="s">
-        <v>117</v>
+        <v>137</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="3">
         <v>46081.75</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>78</v>
+        <v>94</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>102</v>
+        <v>118</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E17" s="0" t="s">
-        <v>118</v>
+        <v>138</v>
+      </c>
+      <c r="F17" s="0" t="s">
+        <v>139</v>
       </c>
       <c r="G17" s="0" t="s">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="3">
         <v>46086.8645833333</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>78</v>
+        <v>94</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>105</v>
+        <v>121</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E18" s="0" t="s">
-        <v>119</v>
+        <v>141</v>
       </c>
       <c r="G18" s="0" t="s">
-        <v>120</v>
+        <v>142</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="3">
         <v>46089.5833333333</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>78</v>
+        <v>94</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>108</v>
+        <v>124</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>69</v>
       </c>
       <c r="G19" s="0" t="s">
-        <v>121</v>
+        <v>106</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H19"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.6921789986747" customWidth="1" style="3"/>
     <col min="2" max="2" width="9.140625" customWidth="1"/>
     <col min="3" max="3" width="21.5496913364955" customWidth="1"/>
     <col min="4" max="4" width="21.5496913364955" customWidth="1"/>
     <col min="5" max="5" width="23.3288029261998" customWidth="1"/>
     <col min="6" max="6" width="31.9471064976283" customWidth="1"/>
     <col min="7" max="7" width="20.0887560163225" customWidth="1"/>
     <col min="8" max="8" width="9.140625" customWidth="1"/>
   </cols>
   <sheetData>
@@ -4715,433 +5444,451 @@
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="3">
         <v>45934.7291666667</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>122</v>
+        <v>143</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E2" s="0" t="s">
         <v>69</v>
       </c>
       <c r="F2" s="0" t="s">
-        <v>123</v>
+        <v>144</v>
       </c>
       <c r="G2" s="0" t="s">
-        <v>124</v>
+        <v>140</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="3">
         <v>45940.8541666667</v>
       </c>
       <c r="B3" s="0" t="s">
-        <v>122</v>
+        <v>143</v>
       </c>
       <c r="C3" s="0" t="s">
-        <v>125</v>
+        <v>145</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E3" s="0" t="s">
-        <v>126</v>
+        <v>146</v>
       </c>
       <c r="F3" s="0" t="s">
-        <v>127</v>
+        <v>147</v>
       </c>
       <c r="G3" s="0" t="s">
-        <v>128</v>
+        <v>148</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="3">
         <v>45961.8541666667</v>
       </c>
       <c r="B4" s="0" t="s">
-        <v>122</v>
+        <v>143</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D4" s="0" t="s">
-        <v>129</v>
+        <v>149</v>
       </c>
       <c r="E4" s="0" t="s">
         <v>69</v>
       </c>
       <c r="F4" s="0" t="s">
-        <v>130</v>
+        <v>150</v>
       </c>
       <c r="G4" s="0" t="s">
-        <v>131</v>
+        <v>151</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="3">
         <v>45966.8125</v>
       </c>
       <c r="B5" s="0" t="s">
-        <v>122</v>
+        <v>143</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D5" s="0" t="s">
-        <v>132</v>
+        <v>152</v>
       </c>
       <c r="E5" s="0" t="s">
         <v>69</v>
       </c>
       <c r="F5" s="0" t="s">
-        <v>133</v>
+        <v>153</v>
       </c>
       <c r="G5" s="0" t="s">
-        <v>113</v>
+        <v>130</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="3">
         <v>45975.8541666667</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>122</v>
+        <v>143</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>134</v>
+        <v>154</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E6" s="0" t="s">
-        <v>135</v>
+        <v>155</v>
       </c>
       <c r="F6" s="0" t="s">
-        <v>136</v>
+        <v>156</v>
       </c>
       <c r="G6" s="0" t="s">
-        <v>128</v>
+        <v>148</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="3">
         <v>45983.5833333333</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>122</v>
+        <v>143</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D7" s="0" t="s">
-        <v>137</v>
+        <v>157</v>
       </c>
       <c r="E7" s="0" t="s">
         <v>69</v>
       </c>
       <c r="F7" s="0" t="s">
-        <v>138</v>
+        <v>158</v>
       </c>
       <c r="G7" s="0" t="s">
-        <v>139</v>
+        <v>159</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="3">
         <v>45988.8645833333</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>122</v>
+        <v>143</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>140</v>
+        <v>160</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E8" s="0" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="F8" s="0" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="G8" s="0" t="s">
-        <v>111</v>
+        <v>127</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="3">
         <v>45998.5833333333</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>122</v>
+        <v>143</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>143</v>
+        <v>163</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E9" s="0" t="s">
-        <v>144</v>
+        <v>164</v>
       </c>
       <c r="F9" s="0" t="s">
-        <v>145</v>
+        <v>165</v>
       </c>
       <c r="G9" s="0" t="s">
-        <v>146</v>
+        <v>166</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="3">
         <v>46004.5833333333</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>122</v>
+        <v>143</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>147</v>
+        <v>167</v>
       </c>
       <c r="E10" s="0" t="s">
         <v>69</v>
       </c>
       <c r="F10" s="0" t="s">
-        <v>148</v>
+        <v>168</v>
       </c>
       <c r="G10" s="0" t="s">
-        <v>149</v>
+        <v>169</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="3">
         <v>46010.8541666667</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>122</v>
+        <v>143</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>69</v>
       </c>
       <c r="F11" s="0" t="s">
-        <v>150</v>
+        <v>170</v>
       </c>
       <c r="G11" s="0" t="s">
-        <v>117</v>
+        <v>137</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="3">
         <v>46040.6875</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>122</v>
+        <v>143</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>125</v>
+        <v>145</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>69</v>
       </c>
+      <c r="F12" s="0" t="s">
+        <v>171</v>
+      </c>
       <c r="G12" s="0" t="s">
-        <v>151</v>
+        <v>172</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="3">
         <v>46044.8645833333</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>122</v>
+        <v>143</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>129</v>
+        <v>149</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E13" s="0" t="s">
-        <v>152</v>
+        <v>173</v>
+      </c>
+      <c r="F13" s="0" t="s">
+        <v>174</v>
       </c>
       <c r="G13" s="0" t="s">
-        <v>153</v>
+        <v>175</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="3">
         <v>46053.5625</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>122</v>
+        <v>143</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>132</v>
+        <v>152</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E14" s="0" t="s">
-        <v>154</v>
+        <v>176</v>
+      </c>
+      <c r="F14" s="0" t="s">
+        <v>177</v>
       </c>
       <c r="G14" s="0" t="s">
-        <v>155</v>
+        <v>178</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="3">
         <v>46060.625</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>122</v>
+        <v>143</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>134</v>
+        <v>154</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>69</v>
       </c>
+      <c r="F15" s="0" t="s">
+        <v>179</v>
+      </c>
       <c r="G15" s="0" t="s">
-        <v>156</v>
+        <v>180</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="3">
         <v>46067.6666666667</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>122</v>
+        <v>143</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>137</v>
+        <v>157</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E16" s="0" t="s">
-        <v>157</v>
+        <v>181</v>
+      </c>
+      <c r="F16" s="0" t="s">
+        <v>182</v>
       </c>
       <c r="G16" s="0" t="s">
-        <v>120</v>
+        <v>142</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="3">
         <v>46081.5833333333</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>122</v>
+        <v>143</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>140</v>
+        <v>160</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>69</v>
       </c>
+      <c r="F17" s="0" t="s">
+        <v>183</v>
+      </c>
       <c r="G17" s="0" t="s">
-        <v>146</v>
+        <v>166</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="3">
         <v>46088.5833333333</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>122</v>
+        <v>143</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>143</v>
+        <v>163</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>69</v>
       </c>
       <c r="G18" s="0" t="s">
-        <v>116</v>
+        <v>184</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="3">
         <v>46095.7083333333</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>122</v>
+        <v>143</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>147</v>
+        <v>167</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E19" s="0" t="s">
-        <v>95</v>
+        <v>111</v>
       </c>
       <c r="G19" s="0" t="s">
-        <v>101</v>
+        <v>185</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H19"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.6921789986747" customWidth="1" style="3"/>
     <col min="2" max="2" width="9.140625" customWidth="1"/>
     <col min="3" max="3" width="21.5496913364955" customWidth="1"/>
     <col min="4" max="4" width="21.5496913364955" customWidth="1"/>
     <col min="5" max="5" width="35.3170819963728" customWidth="1"/>
     <col min="6" max="6" width="33.040762765067" customWidth="1"/>
     <col min="7" max="7" width="22.3231288364955" customWidth="1"/>
     <col min="8" max="8" width="9.140625" customWidth="1"/>
   </cols>
   <sheetData>
@@ -5154,433 +5901,451 @@
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="3">
         <v>45934.7291666667</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>122</v>
+        <v>143</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E2" s="0" t="s">
         <v>69</v>
       </c>
       <c r="F2" s="0" t="s">
-        <v>123</v>
+        <v>144</v>
       </c>
       <c r="G2" s="0" t="s">
-        <v>124</v>
+        <v>140</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="3">
         <v>45938.8645833333</v>
       </c>
       <c r="B3" s="0" t="s">
-        <v>122</v>
+        <v>143</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D3" s="0" t="s">
-        <v>140</v>
+        <v>160</v>
       </c>
       <c r="E3" s="0" t="s">
         <v>69</v>
       </c>
       <c r="F3" s="0" t="s">
-        <v>158</v>
+        <v>186</v>
       </c>
       <c r="G3" s="0" t="s">
-        <v>139</v>
+        <v>159</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="3">
         <v>45962.5625</v>
       </c>
       <c r="B4" s="0" t="s">
-        <v>122</v>
+        <v>143</v>
       </c>
       <c r="C4" s="0" t="s">
-        <v>132</v>
+        <v>152</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E4" s="0" t="s">
-        <v>154</v>
+        <v>176</v>
       </c>
       <c r="F4" s="0" t="s">
-        <v>159</v>
+        <v>187</v>
       </c>
       <c r="G4" s="0" t="s">
-        <v>90</v>
+        <v>106</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="3">
         <v>45966.8125</v>
       </c>
       <c r="B5" s="0" t="s">
-        <v>122</v>
+        <v>143</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D5" s="0" t="s">
-        <v>147</v>
+        <v>167</v>
       </c>
       <c r="E5" s="0" t="s">
         <v>69</v>
       </c>
       <c r="F5" s="0" t="s">
-        <v>160</v>
+        <v>188</v>
       </c>
       <c r="G5" s="0" t="s">
-        <v>101</v>
+        <v>117</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="3">
         <v>45974.8645833333</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>122</v>
+        <v>143</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>143</v>
+        <v>163</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E6" s="0" t="s">
-        <v>144</v>
+        <v>164</v>
       </c>
       <c r="F6" s="0" t="s">
-        <v>161</v>
+        <v>189</v>
       </c>
       <c r="G6" s="0" t="s">
-        <v>76</v>
+        <v>190</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="3">
         <v>45982.8541666667</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>122</v>
+        <v>143</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D7" s="0" t="s">
-        <v>129</v>
+        <v>149</v>
       </c>
       <c r="E7" s="0" t="s">
         <v>69</v>
       </c>
       <c r="F7" s="0" t="s">
-        <v>162</v>
+        <v>191</v>
       </c>
       <c r="G7" s="0" t="s">
-        <v>163</v>
+        <v>192</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="3">
         <v>45990.75</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>122</v>
+        <v>143</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>134</v>
+        <v>154</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E8" s="0" t="s">
-        <v>135</v>
+        <v>155</v>
       </c>
       <c r="F8" s="0" t="s">
-        <v>164</v>
+        <v>193</v>
       </c>
       <c r="G8" s="0" t="s">
-        <v>165</v>
+        <v>194</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="3">
         <v>45996.8541666667</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>122</v>
+        <v>143</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>125</v>
+        <v>145</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E9" s="0" t="s">
-        <v>126</v>
+        <v>146</v>
       </c>
       <c r="F9" s="0" t="s">
-        <v>166</v>
+        <v>195</v>
       </c>
       <c r="G9" s="0" t="s">
-        <v>167</v>
+        <v>196</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="3">
         <v>46001.8645833333</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>122</v>
+        <v>143</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>137</v>
+        <v>157</v>
       </c>
       <c r="E10" s="0" t="s">
         <v>69</v>
       </c>
       <c r="F10" s="0" t="s">
-        <v>168</v>
+        <v>197</v>
       </c>
       <c r="G10" s="0" t="s">
-        <v>169</v>
+        <v>198</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="3">
         <v>46010.8541666667</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>122</v>
+        <v>143</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>69</v>
       </c>
       <c r="F11" s="0" t="s">
-        <v>150</v>
+        <v>170</v>
       </c>
       <c r="G11" s="0" t="s">
-        <v>117</v>
+        <v>137</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="3">
         <v>46035.84375</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>122</v>
+        <v>143</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>140</v>
+        <v>160</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E12" s="0" t="s">
-        <v>141</v>
+        <v>161</v>
+      </c>
+      <c r="F12" s="0" t="s">
+        <v>199</v>
       </c>
       <c r="G12" s="0" t="s">
-        <v>104</v>
+        <v>120</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="3">
         <v>46046.625</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>122</v>
+        <v>143</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>132</v>
+        <v>152</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>69</v>
       </c>
+      <c r="F13" s="0" t="s">
+        <v>200</v>
+      </c>
       <c r="G13" s="0" t="s">
-        <v>104</v>
+        <v>120</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="3">
         <v>46048.875</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>122</v>
+        <v>143</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>147</v>
+        <v>167</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E14" s="0" t="s">
-        <v>170</v>
+        <v>201</v>
+      </c>
+      <c r="F14" s="0" t="s">
+        <v>202</v>
       </c>
       <c r="G14" s="0" t="s">
-        <v>156</v>
+        <v>169</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="3">
         <v>46057.8645833333</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>122</v>
+        <v>143</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>143</v>
+        <v>163</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>69</v>
       </c>
+      <c r="F15" s="0" t="s">
+        <v>203</v>
+      </c>
       <c r="G15" s="0" t="s">
-        <v>171</v>
+        <v>204</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="3">
         <v>46064.8645833333</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>122</v>
+        <v>143</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>129</v>
+        <v>149</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E16" s="0" t="s">
-        <v>152</v>
+        <v>173</v>
+      </c>
+      <c r="F16" s="0" t="s">
+        <v>205</v>
       </c>
       <c r="G16" s="0" t="s">
-        <v>172</v>
+        <v>206</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="3">
         <v>46080.8541666667</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>122</v>
+        <v>143</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>134</v>
+        <v>154</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>69</v>
       </c>
+      <c r="F17" s="0" t="s">
+        <v>207</v>
+      </c>
       <c r="G17" s="0" t="s">
-        <v>120</v>
+        <v>142</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="3">
         <v>46087.8541666667</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>122</v>
+        <v>143</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>125</v>
+        <v>145</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>69</v>
       </c>
       <c r="G18" s="0" t="s">
-        <v>173</v>
+        <v>159</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="3">
         <v>46095.6666666667</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>122</v>
+        <v>143</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>137</v>
+        <v>157</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E19" s="0" t="s">
-        <v>157</v>
+        <v>181</v>
       </c>
       <c r="G19" s="0" t="s">
-        <v>116</v>
+        <v>184</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H17"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.6921789986747" customWidth="1" style="3"/>
     <col min="2" max="2" width="13.7723497663225" customWidth="1"/>
     <col min="3" max="3" width="17.413440159389" customWidth="1"/>
     <col min="4" max="4" width="17.413440159389" customWidth="1"/>
     <col min="5" max="5" width="26.1954323904855" customWidth="1"/>
     <col min="6" max="6" width="33.040762765067" customWidth="1"/>
     <col min="7" max="7" width="28.0932181222098" customWidth="1"/>
     <col min="8" max="8" width="9.140625" customWidth="1"/>
   </cols>
   <sheetData>
@@ -5593,809 +6358,848 @@
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="3">
         <v>45940.8541666667</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>174</v>
+        <v>208</v>
       </c>
       <c r="C2" s="0" t="s">
-        <v>175</v>
+        <v>209</v>
       </c>
       <c r="D2" s="0" t="s">
-        <v>176</v>
+        <v>210</v>
       </c>
       <c r="E2" s="0" t="s">
         <v>69</v>
       </c>
       <c r="F2" s="0" t="s">
-        <v>177</v>
+        <v>211</v>
       </c>
       <c r="G2" s="0" t="s">
-        <v>82</v>
+        <v>98</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="3">
         <v>45962.6666666667</v>
       </c>
       <c r="B3" s="0" t="s">
-        <v>174</v>
+        <v>208</v>
       </c>
       <c r="C3" s="0" t="s">
-        <v>137</v>
+        <v>157</v>
       </c>
       <c r="D3" s="0" t="s">
-        <v>175</v>
+        <v>209</v>
       </c>
       <c r="E3" s="0" t="s">
-        <v>157</v>
+        <v>181</v>
       </c>
       <c r="F3" s="0" t="s">
-        <v>178</v>
+        <v>212</v>
       </c>
       <c r="G3" s="0" t="s">
-        <v>179</v>
+        <v>213</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="3">
         <v>45965.8645833333</v>
       </c>
       <c r="B4" s="0" t="s">
-        <v>174</v>
+        <v>208</v>
       </c>
       <c r="C4" s="0" t="s">
-        <v>175</v>
+        <v>209</v>
       </c>
       <c r="D4" s="0" t="s">
-        <v>102</v>
+        <v>118</v>
       </c>
       <c r="E4" s="0" t="s">
+        <v>214</v>
+      </c>
+      <c r="F4" s="0" t="s">
+        <v>215</v>
+      </c>
+      <c r="G4" s="0" t="s">
         <v>180</v>
-      </c>
-[...4 lines deleted...]
-        <v>156</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="3">
         <v>45972.875</v>
       </c>
       <c r="B5" s="0" t="s">
-        <v>174</v>
+        <v>208</v>
       </c>
       <c r="C5" s="0" t="s">
-        <v>182</v>
+        <v>216</v>
       </c>
       <c r="D5" s="0" t="s">
-        <v>175</v>
+        <v>209</v>
       </c>
       <c r="E5" s="0" t="s">
-        <v>183</v>
+        <v>217</v>
       </c>
       <c r="F5" s="0" t="s">
-        <v>184</v>
+        <v>218</v>
       </c>
       <c r="G5" s="0" t="s">
-        <v>185</v>
+        <v>219</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="3">
         <v>45978.84375</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>174</v>
+        <v>208</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>186</v>
+        <v>220</v>
       </c>
       <c r="D6" s="0" t="s">
-        <v>175</v>
+        <v>209</v>
       </c>
       <c r="E6" s="0" t="s">
-        <v>187</v>
+        <v>221</v>
       </c>
       <c r="F6" s="0" t="s">
-        <v>188</v>
+        <v>222</v>
       </c>
       <c r="G6" s="0" t="s">
-        <v>189</v>
+        <v>223</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="3">
         <v>45989.8541666667</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>174</v>
+        <v>208</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>175</v>
+        <v>209</v>
       </c>
       <c r="D7" s="0" t="s">
-        <v>190</v>
+        <v>224</v>
       </c>
       <c r="E7" s="0" t="s">
         <v>69</v>
       </c>
       <c r="F7" s="0" t="s">
-        <v>191</v>
+        <v>225</v>
       </c>
       <c r="G7" s="0" t="s">
-        <v>192</v>
+        <v>226</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="3">
         <v>45996.8541666667</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>174</v>
+        <v>208</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>175</v>
+        <v>209</v>
       </c>
       <c r="D8" s="0" t="s">
-        <v>193</v>
+        <v>227</v>
       </c>
       <c r="E8" s="0" t="s">
         <v>69</v>
       </c>
       <c r="F8" s="0" t="s">
-        <v>194</v>
+        <v>228</v>
       </c>
       <c r="G8" s="0" t="s">
-        <v>121</v>
+        <v>229</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="3">
         <v>46007.8645833333</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>174</v>
+        <v>208</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>79</v>
+        <v>95</v>
       </c>
       <c r="D9" s="0" t="s">
-        <v>175</v>
+        <v>209</v>
       </c>
       <c r="E9" s="0" t="s">
-        <v>80</v>
+        <v>96</v>
       </c>
       <c r="F9" s="0" t="s">
-        <v>195</v>
+        <v>230</v>
       </c>
       <c r="G9" s="0" t="s">
-        <v>196</v>
+        <v>231</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="3">
         <v>46036.8333333333</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>174</v>
+        <v>208</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>176</v>
+        <v>210</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>175</v>
+        <v>209</v>
       </c>
       <c r="E10" s="0" t="s">
-        <v>197</v>
+        <v>232</v>
+      </c>
+      <c r="F10" s="0" t="s">
+        <v>233</v>
       </c>
       <c r="G10" s="0" t="s">
-        <v>114</v>
+        <v>234</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="3">
         <v>46046.7291666667</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>174</v>
+        <v>208</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>175</v>
+        <v>209</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>137</v>
+        <v>157</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>69</v>
       </c>
+      <c r="F11" s="0" t="s">
+        <v>235</v>
+      </c>
       <c r="G11" s="0" t="s">
-        <v>198</v>
+        <v>236</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="3">
         <v>46053.625</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>174</v>
+        <v>208</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>102</v>
+        <v>118</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>175</v>
+        <v>209</v>
       </c>
       <c r="E12" s="0" t="s">
-        <v>118</v>
+        <v>138</v>
+      </c>
+      <c r="F12" s="0" t="s">
+        <v>237</v>
       </c>
       <c r="G12" s="0" t="s">
-        <v>149</v>
+        <v>169</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="3">
         <v>46059.8541666667</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>174</v>
+        <v>208</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>175</v>
+        <v>209</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>182</v>
+        <v>216</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>69</v>
       </c>
+      <c r="F13" s="0" t="s">
+        <v>238</v>
+      </c>
       <c r="G13" s="0" t="s">
-        <v>199</v>
+        <v>239</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="3">
         <v>46066.8541666667</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>174</v>
+        <v>208</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>175</v>
+        <v>209</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>186</v>
+        <v>220</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>69</v>
       </c>
+      <c r="F14" s="0" t="s">
+        <v>240</v>
+      </c>
       <c r="G14" s="0" t="s">
-        <v>200</v>
+        <v>241</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="3">
         <v>46078.8541666667</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>174</v>
+        <v>208</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>190</v>
+        <v>224</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>175</v>
+        <v>209</v>
       </c>
       <c r="E15" s="0" t="s">
-        <v>201</v>
+        <v>242</v>
+      </c>
+      <c r="F15" s="0" t="s">
+        <v>243</v>
       </c>
       <c r="G15" s="0" t="s">
-        <v>202</v>
+        <v>244</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="3">
         <v>46088.6666666667</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>174</v>
+        <v>208</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>193</v>
+        <v>227</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>175</v>
+        <v>209</v>
       </c>
       <c r="E16" s="0" t="s">
-        <v>203</v>
+        <v>245</v>
       </c>
       <c r="G16" s="0" t="s">
-        <v>204</v>
+        <v>246</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="3">
         <v>46094.8541666667</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>174</v>
+        <v>208</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>175</v>
+        <v>209</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>79</v>
+        <v>95</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>69</v>
       </c>
       <c r="G17" s="0" t="s">
-        <v>205</v>
+        <v>247</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H21"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.6921789986747" customWidth="1" style="3"/>
     <col min="2" max="2" width="9.140625" customWidth="1"/>
     <col min="3" max="3" width="19.8882337297712" customWidth="1"/>
     <col min="4" max="4" width="19.8882337297712" customWidth="1"/>
     <col min="5" max="5" width="26.1954323904855" customWidth="1"/>
-    <col min="6" max="6" width="30.8534480503627" customWidth="1"/>
+    <col min="6" max="6" width="33.040762765067" customWidth="1"/>
     <col min="7" max="7" width="9.140625" customWidth="1"/>
     <col min="8" max="8" width="9.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" s="1" customFormat="1">
       <c r="A1" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="3">
         <v>45920.5833333333</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>206</v>
+        <v>248</v>
       </c>
       <c r="C2" s="0" t="s">
-        <v>79</v>
+        <v>95</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E2" s="0" t="s">
-        <v>80</v>
+        <v>96</v>
       </c>
       <c r="F2" s="0" t="s">
-        <v>207</v>
+        <v>249</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="3">
         <v>45925.7708333333</v>
       </c>
       <c r="B3" s="0" t="s">
-        <v>206</v>
+        <v>248</v>
       </c>
       <c r="C3" s="0" t="s">
-        <v>105</v>
+        <v>121</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E3" s="0" t="s">
-        <v>208</v>
+        <v>250</v>
       </c>
       <c r="F3" s="0" t="s">
-        <v>209</v>
+        <v>251</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="3">
         <v>45934.7291666667</v>
       </c>
       <c r="B4" s="0" t="s">
-        <v>206</v>
+        <v>248</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D4" s="0" t="s">
-        <v>210</v>
+        <v>252</v>
       </c>
       <c r="E4" s="0" t="s">
         <v>69</v>
       </c>
       <c r="F4" s="0" t="s">
-        <v>211</v>
+        <v>253</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="3">
         <v>45941.7083333333</v>
       </c>
       <c r="B5" s="0" t="s">
-        <v>206</v>
+        <v>248</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D5" s="0" t="s">
-        <v>212</v>
+        <v>254</v>
       </c>
       <c r="E5" s="0" t="s">
         <v>69</v>
       </c>
       <c r="F5" s="0" t="s">
-        <v>213</v>
+        <v>255</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="3">
         <v>45969.5416666667</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>206</v>
+        <v>248</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>91</v>
+        <v>107</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E6" s="0" t="s">
-        <v>144</v>
+        <v>164</v>
       </c>
       <c r="F6" s="0" t="s">
-        <v>214</v>
+        <v>256</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="3">
         <v>45976.5833333333</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>206</v>
+        <v>248</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D7" s="0" t="s">
-        <v>193</v>
+        <v>227</v>
       </c>
       <c r="E7" s="0" t="s">
         <v>69</v>
       </c>
       <c r="F7" s="0" t="s">
-        <v>215</v>
+        <v>257</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="3">
         <v>45978.7916666667</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>206</v>
+        <v>248</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>137</v>
+        <v>157</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E8" s="0" t="s">
-        <v>157</v>
+        <v>181</v>
       </c>
       <c r="F8" s="0" t="s">
-        <v>216</v>
+        <v>258</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="3">
         <v>45990.625</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>206</v>
+        <v>248</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>147</v>
+        <v>167</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E9" s="0" t="s">
-        <v>95</v>
+        <v>111</v>
       </c>
       <c r="F9" s="0" t="s">
-        <v>217</v>
+        <v>259</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="3">
         <v>45997.4166666667</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>206</v>
+        <v>248</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>87</v>
+        <v>103</v>
       </c>
       <c r="E10" s="0" t="s">
         <v>69</v>
       </c>
       <c r="F10" s="0" t="s">
-        <v>218</v>
+        <v>260</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="3">
         <v>46003.8541666667</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>206</v>
+        <v>248</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>102</v>
+        <v>118</v>
       </c>
       <c r="E11" s="0" t="s">
-        <v>219</v>
+        <v>261</v>
       </c>
       <c r="F11" s="0" t="s">
-        <v>220</v>
+        <v>262</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="3">
         <v>46011.7083333333</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>206</v>
+        <v>248</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>79</v>
+        <v>95</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>69</v>
       </c>
       <c r="F12" s="0" t="s">
-        <v>221</v>
+        <v>263</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="3">
         <v>46033.5833333333</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>206</v>
+        <v>248</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>105</v>
+        <v>121</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>69</v>
+      </c>
+      <c r="F13" s="0" t="s">
+        <v>264</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="3">
         <v>46038.7916666667</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>206</v>
+        <v>248</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>210</v>
+        <v>252</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E14" s="0" t="s">
-        <v>222</v>
+        <v>265</v>
+      </c>
+      <c r="F14" s="0" t="s">
+        <v>266</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="3">
         <v>46046.4375</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>206</v>
+        <v>248</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>212</v>
+        <v>254</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E15" s="0" t="s">
-        <v>126</v>
+        <v>146</v>
+      </c>
+      <c r="F15" s="0" t="s">
+        <v>267</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="3">
         <v>46060.7291666667</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>206</v>
+        <v>248</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>91</v>
+        <v>107</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>69</v>
+      </c>
+      <c r="F16" s="0" t="s">
+        <v>268</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="3">
         <v>46066.8125</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>206</v>
+        <v>248</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>193</v>
+        <v>227</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E17" s="0" t="s">
-        <v>203</v>
+        <v>245</v>
+      </c>
+      <c r="F17" s="0" t="s">
+        <v>269</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="3">
         <v>46075.5625</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>206</v>
+        <v>248</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>137</v>
+        <v>157</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>69</v>
+      </c>
+      <c r="F18" s="0" t="s">
+        <v>270</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="3">
         <v>46081.4375</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>206</v>
+        <v>248</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>147</v>
+        <v>167</v>
       </c>
       <c r="E19" s="0" t="s">
-        <v>180</v>
+        <v>214</v>
+      </c>
+      <c r="F19" s="0" t="s">
+        <v>271</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="3">
         <v>46088.5833333333</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>206</v>
+        <v>248</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>87</v>
+        <v>103</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E20" s="0" t="s">
-        <v>223</v>
+        <v>272</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="3">
         <v>46095.5833333333</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>206</v>
+        <v>248</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>102</v>
+        <v>118</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E21" s="0" t="s">
-        <v>118</v>
+        <v>138</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H15"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.6921789986747" customWidth="1" style="3"/>
     <col min="2" max="2" width="9.140625" customWidth="1"/>
     <col min="3" max="3" width="19.8882337297712" customWidth="1"/>
     <col min="4" max="4" width="19.8882337297712" customWidth="1"/>
     <col min="5" max="5" width="22.8469390869141" customWidth="1"/>
     <col min="6" max="6" width="33.040762765067" customWidth="1"/>
     <col min="7" max="7" width="9.140625" customWidth="1"/>
     <col min="8" max="8" width="9.140625" customWidth="1"/>
   </cols>
   <sheetData>
@@ -6408,317 +7212,323 @@
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="3">
         <v>45920.5833333333</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>224</v>
+        <v>273</v>
       </c>
       <c r="C2" s="0" t="s">
-        <v>225</v>
+        <v>274</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E2" s="0" t="s">
-        <v>135</v>
+        <v>155</v>
       </c>
       <c r="F2" s="0" t="s">
-        <v>226</v>
+        <v>269</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="3">
         <v>45927.6041666667</v>
       </c>
       <c r="B3" s="0" t="s">
-        <v>224</v>
+        <v>273</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D3" s="0" t="s">
-        <v>227</v>
+        <v>275</v>
       </c>
       <c r="E3" s="0" t="s">
         <v>69</v>
       </c>
       <c r="F3" s="0" t="s">
-        <v>228</v>
+        <v>276</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="3">
         <v>45934.4166666667</v>
       </c>
       <c r="B4" s="0" t="s">
-        <v>224</v>
+        <v>273</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D4" s="0" t="s">
-        <v>129</v>
+        <v>149</v>
       </c>
       <c r="E4" s="0" t="s">
-        <v>180</v>
+        <v>214</v>
       </c>
       <c r="F4" s="0" t="s">
-        <v>229</v>
+        <v>277</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="3">
         <v>45941.5416666667</v>
       </c>
       <c r="B5" s="0" t="s">
-        <v>224</v>
+        <v>273</v>
       </c>
       <c r="C5" s="0" t="s">
-        <v>210</v>
+        <v>252</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E5" s="0" t="s">
-        <v>222</v>
+        <v>265</v>
       </c>
       <c r="F5" s="0" t="s">
-        <v>230</v>
+        <v>278</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="3">
         <v>45963.625</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>224</v>
+        <v>273</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D6" s="0" t="s">
-        <v>105</v>
+        <v>121</v>
       </c>
       <c r="E6" s="0" t="s">
         <v>69</v>
       </c>
       <c r="F6" s="0" t="s">
-        <v>231</v>
+        <v>279</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="3">
         <v>45968.78125</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>224</v>
+        <v>273</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>98</v>
+        <v>114</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E7" s="0" t="s">
-        <v>232</v>
+        <v>280</v>
       </c>
       <c r="F7" s="0" t="s">
-        <v>233</v>
+        <v>281</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="3">
         <v>45976.4166666667</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>224</v>
+        <v>273</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D8" s="0" t="s">
-        <v>234</v>
+        <v>282</v>
       </c>
       <c r="E8" s="0" t="s">
         <v>69</v>
       </c>
       <c r="F8" s="0" t="s">
-        <v>235</v>
+        <v>283</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="3">
         <v>45983.4166666667</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>224</v>
+        <v>273</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D9" s="0" t="s">
-        <v>225</v>
+        <v>274</v>
       </c>
       <c r="E9" s="0" t="s">
-        <v>180</v>
+        <v>214</v>
       </c>
       <c r="F9" s="0" t="s">
-        <v>236</v>
+        <v>284</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="3">
         <v>45989.7708333333</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>224</v>
+        <v>273</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>227</v>
+        <v>275</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E10" s="0" t="s">
-        <v>95</v>
+        <v>111</v>
       </c>
       <c r="F10" s="0" t="s">
-        <v>237</v>
+        <v>285</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="3">
         <v>45998.4270833333</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>224</v>
+        <v>273</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>129</v>
+        <v>149</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E11" s="0" t="s">
-        <v>152</v>
+        <v>173</v>
       </c>
       <c r="F11" s="0" t="s">
-        <v>238</v>
+        <v>286</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="3">
         <v>46004.4166666667</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>224</v>
+        <v>273</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>210</v>
+        <v>252</v>
       </c>
       <c r="E12" s="0" t="s">
-        <v>180</v>
+        <v>214</v>
       </c>
       <c r="F12" s="0" t="s">
-        <v>239</v>
+        <v>287</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="3">
         <v>46011.5625</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>224</v>
+        <v>273</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>105</v>
+        <v>121</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E13" s="0" t="s">
-        <v>208</v>
+        <v>250</v>
       </c>
       <c r="F13" s="0" t="s">
-        <v>240</v>
+        <v>288</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="3">
         <v>46032.4375</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>224</v>
+        <v>273</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>98</v>
+        <v>114</v>
       </c>
       <c r="E14" s="0" t="s">
-        <v>180</v>
+        <v>214</v>
+      </c>
+      <c r="F14" s="0" t="s">
+        <v>289</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="3">
         <v>46039.4166666667</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>224</v>
+        <v>273</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>234</v>
+        <v>282</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E15" s="0" t="s">
-        <v>115</v>
+        <v>132</v>
+      </c>
+      <c r="F15" s="0" t="s">
+        <v>290</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="9.140625" customWidth="1" style="3"/>
     <col min="2" max="2" width="9.140625" customWidth="1"/>
     <col min="3" max="3" width="9.140625" customWidth="1"/>
     <col min="4" max="4" width="9.140625" customWidth="1"/>
     <col min="5" max="5" width="9.140625" customWidth="1"/>
     <col min="6" max="6" width="9.140625" customWidth="1"/>
     <col min="7" max="7" width="9.140625" customWidth="1"/>
     <col min="8" max="8" width="9.140625" customWidth="1"/>
   </cols>
   <sheetData>